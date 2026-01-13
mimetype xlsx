--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -8,75 +8,75 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Ayu\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6896887F-4BF6-4317-AF97-8E3167AB54AB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0FBCCA09-6B7B-4F3F-BE92-070AF4FE2C7F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="21840" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Online Order Form" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="NamedRange1">'Online Order Form'!$A$1:$I$78</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext uri="GoogleSheetsCustomDataVersion2">
-      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId5" roundtripDataChecksum="X2BtVEDV8/VKXT4HqyyfU0y4714xxZ+TYpnVQ0B73j0="/>
+      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId5" roundtripDataChecksum="U297/yaeeLg4jxUuPK7oI8GxyYseZpCYTZcLcrt4y9E="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C81" i="1" l="1"/>
   <c r="I78" i="1"/>
   <c r="E78" i="1"/>
   <c r="I77" i="1"/>
   <c r="E77" i="1"/>
   <c r="I76" i="1"/>
   <c r="E76" i="1"/>
   <c r="I75" i="1"/>
   <c r="E75" i="1"/>
   <c r="I74" i="1"/>
   <c r="E74" i="1"/>
   <c r="I73" i="1"/>
   <c r="E73" i="1"/>
   <c r="I72" i="1"/>
   <c r="E72" i="1"/>
   <c r="I71" i="1"/>
   <c r="E71" i="1"/>
   <c r="I70" i="1"/>
@@ -166,59 +166,58 @@
   <c r="E27" i="1"/>
   <c r="I26" i="1"/>
   <c r="E26" i="1"/>
   <c r="I25" i="1"/>
   <c r="E25" i="1"/>
   <c r="I24" i="1"/>
   <c r="E24" i="1"/>
   <c r="I23" i="1"/>
   <c r="E23" i="1"/>
   <c r="I22" i="1"/>
   <c r="E22" i="1"/>
   <c r="I21" i="1"/>
   <c r="E21" i="1"/>
   <c r="I20" i="1"/>
   <c r="E20" i="1"/>
   <c r="I19" i="1"/>
   <c r="E19" i="1"/>
   <c r="I18" i="1"/>
   <c r="E18" i="1"/>
   <c r="I17" i="1"/>
   <c r="E17" i="1"/>
   <c r="I16" i="1"/>
   <c r="E16" i="1"/>
   <c r="I15" i="1"/>
   <c r="E15" i="1"/>
-  <c r="E82" i="1" l="1"/>
-[...2 lines deleted...]
-  <c r="E85" i="1" l="1"/>
+  <c r="E82" i="1" s="1"/>
+  <c r="E83" i="1" l="1"/>
+  <c r="E84" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="168">
   <si>
     <t>Contact :</t>
   </si>
   <si>
     <t>sales@nyonyacolors.com</t>
   </si>
   <si>
     <t>Tel:   03-7728 2288</t>
   </si>
   <si>
     <t>Quality Nyonya Kueh and Delights</t>
   </si>
   <si>
     <t>ORDER FORM</t>
   </si>
   <si>
     <t>H/P:  012-515 8822</t>
   </si>
   <si>
     <t>● Delivery hours - 9.00am to 5.00pm.    ● Minimum order is RM200 for free delivery.</t>
   </si>
   <si>
     <t>● Delivery service is available only for certain locations in PJ and central KL. Please call to confirm if delivery is available.</t>
   </si>
   <si>
@@ -578,74 +577,77 @@
   <si>
     <t>SWEETS POTATO (3 SISTERS)</t>
   </si>
   <si>
     <t>GREEN BEAN (KACANG HIJAU)</t>
   </si>
   <si>
     <t>TALAM</t>
   </si>
   <si>
     <t>HAK LO MAI (PULUT HITAM)</t>
   </si>
   <si>
     <t>TALAM CENDOL</t>
   </si>
   <si>
     <t>MAK CHUK (WHEAT)</t>
   </si>
   <si>
     <t>TALAM KELADI (YAM)</t>
   </si>
   <si>
     <t>TALAM NYONYA</t>
   </si>
   <si>
+    <t>BARLEY GINKGO</t>
+  </si>
+  <si>
     <t>TALAM SAGO UBI</t>
   </si>
   <si>
+    <t>LONGAN &amp; SEA COCONUT (MIN 15)</t>
+  </si>
+  <si>
     <t>TALAM UBI</t>
   </si>
   <si>
     <t>WAJIK</t>
   </si>
   <si>
     <t>WAJIK UBI</t>
   </si>
   <si>
     <t>Total quantity count</t>
   </si>
   <si>
-    <t>Total order value before 6%  &amp; 5% Srv Charge &amp; Tax</t>
+    <t xml:space="preserve">Total order value before 6% </t>
   </si>
   <si>
     <t>RM</t>
   </si>
   <si>
-    <t>Add 5% Sevice Charge</t>
-[...1 lines deleted...]
-  <si>
     <t>Add 6% Service Tax</t>
   </si>
   <si>
     <t>SST number: B16-1808-31028906</t>
   </si>
   <si>
     <t>Total payable amount</t>
   </si>
   <si>
     <t>Payable in cash upon delivery</t>
   </si>
   <si>
     <t>When do you need it?</t>
   </si>
   <si>
     <t>Other business terms and conditions:-</t>
   </si>
   <si>
     <t xml:space="preserve">Date : </t>
   </si>
   <si>
     <t>Day :</t>
   </si>
   <si>
     <t>● Actual product appearance may vary from that shown in the Menu.</t>
@@ -675,56 +677,50 @@
     <t>● We reserve the right to decline the orders received.</t>
   </si>
   <si>
     <t xml:space="preserve">Company Name : </t>
   </si>
   <si>
     <t>● Cancellation of order will not be accepted once we have confirmed it with you.</t>
   </si>
   <si>
     <t xml:space="preserve">Address : </t>
   </si>
   <si>
     <t>● Prices are subject to change unless customer order has been confirmed by us.</t>
   </si>
   <si>
     <t>● We reserve the right to amend all terms and conditions without prior notice.</t>
   </si>
   <si>
     <t>● All prices are subject to 6% Service Tax.</t>
   </si>
   <si>
     <t>Please do not hesitate to contact us should you require any clarification.</t>
   </si>
   <si>
     <t xml:space="preserve">Useful landmarks : </t>
-  </si>
-[...4 lines deleted...]
-    <t>LONGAN &amp; SEA COCONUT (MIN 15)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@"/>
     <numFmt numFmtId="165" formatCode="#,##0.00;\(#,##0.00\)"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <u/>
@@ -848,51 +844,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor theme="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor rgb="FFC0C0C0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFBFBFBF"/>
         <bgColor rgb="FFBFBFBF"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="62">
+  <borders count="58">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
@@ -1488,442 +1484,374 @@
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFF703E6"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FFF703E6"/>
       </right>
       <top style="thin">
         <color rgb="FFF703E6"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FFFF66FF"/>
+        <color rgb="FFCC00FF"/>
       </left>
       <right style="thin">
-        <color rgb="FFFF66FF"/>
+        <color rgb="FFCC00FF"/>
       </right>
       <top style="thin">
-        <color rgb="FFFF66FF"/>
+        <color rgb="FFCC00FF"/>
       </top>
       <bottom style="thin">
-        <color rgb="FFFF66FF"/>
-[...57 lines deleted...]
-        <color rgb="FFFF66FF"/>
+        <color rgb="FFCC00FF"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="132">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...95 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="15" fillId="2" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...72 lines deleted...]
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
-[...12 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="15" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="2" fontId="15" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="165" fontId="15" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="2" fontId="15" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="15" fillId="2" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="15" fillId="2" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="2" fontId="15" fillId="2" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="37" fontId="15" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
-      <color rgb="FFFF66FF"/>
+      <color rgb="FFCC00FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
@@ -2142,2065 +2070,2303 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales.nyonya@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:Z1000"/>
+  <dimension ref="A1:Z999"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A63" workbookViewId="0">
-      <selection activeCell="D69" sqref="D69"/>
+    <sheetView tabSelected="1" topLeftCell="A53" workbookViewId="0">
+      <selection activeCell="L90" sqref="L90"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.5703125" customWidth="1"/>
     <col min="2" max="2" width="36.140625" customWidth="1"/>
     <col min="3" max="3" width="8.5703125" customWidth="1"/>
     <col min="4" max="4" width="8.7109375" customWidth="1"/>
     <col min="5" max="5" width="10.5703125" customWidth="1"/>
     <col min="6" max="6" width="34.5703125" customWidth="1"/>
     <col min="7" max="7" width="8.5703125" customWidth="1"/>
     <col min="8" max="8" width="8.7109375" customWidth="1"/>
     <col min="9" max="9" width="10.5703125" customWidth="1"/>
     <col min="10" max="10" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.25"/>
-[...5 lines deleted...]
-      <c r="G3" s="2" t="s">
+    <row r="1" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="29"/>
+      <c r="B1" s="29"/>
+      <c r="C1" s="29"/>
+      <c r="D1" s="29"/>
+      <c r="E1" s="29"/>
+      <c r="F1" s="29"/>
+      <c r="G1" s="29"/>
+      <c r="H1" s="29"/>
+      <c r="I1" s="29"/>
+      <c r="J1" s="7"/>
+    </row>
+    <row r="2" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="29"/>
+      <c r="B2" s="29"/>
+      <c r="C2" s="29"/>
+      <c r="D2" s="29"/>
+      <c r="E2" s="29"/>
+      <c r="F2" s="29"/>
+      <c r="G2" s="29"/>
+      <c r="H2" s="29"/>
+      <c r="I2" s="29"/>
+      <c r="J2" s="7"/>
+    </row>
+    <row r="3" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="29"/>
+      <c r="B3" s="29"/>
+      <c r="C3" s="29"/>
+      <c r="D3" s="29"/>
+      <c r="E3" s="29"/>
+      <c r="F3" s="30" t="s">
+        <v>0</v>
+      </c>
+      <c r="G3" s="31" t="s">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="G4" s="3" t="s">
+      <c r="H3" s="29"/>
+      <c r="I3" s="29"/>
+      <c r="J3" s="7"/>
+    </row>
+    <row r="4" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="29"/>
+      <c r="B4" s="29"/>
+      <c r="C4" s="29"/>
+      <c r="D4" s="29"/>
+      <c r="E4" s="29"/>
+      <c r="F4" s="29"/>
+      <c r="G4" s="32" t="s">
         <v>2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B5" s="4" t="s">
+      <c r="H4" s="29"/>
+      <c r="I4" s="29"/>
+      <c r="J4" s="7"/>
+    </row>
+    <row r="5" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="29"/>
+      <c r="B5" s="33" t="s">
         <v>3</v>
       </c>
-      <c r="E5" s="5" t="s">
+      <c r="C5" s="29"/>
+      <c r="D5" s="29"/>
+      <c r="E5" s="34" t="s">
         <v>4</v>
       </c>
-      <c r="G5" s="3" t="s">
+      <c r="F5" s="29"/>
+      <c r="G5" s="32" t="s">
         <v>5</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B7" s="117" t="s">
+      <c r="H5" s="29"/>
+      <c r="I5" s="29"/>
+      <c r="J5" s="7"/>
+    </row>
+    <row r="6" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="29"/>
+      <c r="B6" s="29"/>
+      <c r="C6" s="29"/>
+      <c r="D6" s="29"/>
+      <c r="E6" s="29"/>
+      <c r="F6" s="29"/>
+      <c r="G6" s="29"/>
+      <c r="H6" s="29"/>
+      <c r="I6" s="29"/>
+      <c r="J6" s="7"/>
+    </row>
+    <row r="7" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="29"/>
+      <c r="B7" s="35" t="s">
         <v>6</v>
       </c>
-      <c r="C7" s="118"/>
-[...8 lines deleted...]
-      <c r="B8" s="120" t="s">
+      <c r="C7" s="36"/>
+      <c r="D7" s="36"/>
+      <c r="E7" s="36"/>
+      <c r="F7" s="36"/>
+      <c r="G7" s="36"/>
+      <c r="H7" s="36"/>
+      <c r="I7" s="37"/>
+      <c r="J7" s="7"/>
+    </row>
+    <row r="8" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="29"/>
+      <c r="B8" s="38" t="s">
         <v>7</v>
       </c>
-      <c r="C8" s="121"/>
-[...8 lines deleted...]
-      <c r="B9" s="6" t="s">
+      <c r="C8" s="39"/>
+      <c r="D8" s="39"/>
+      <c r="E8" s="39"/>
+      <c r="F8" s="39"/>
+      <c r="G8" s="39"/>
+      <c r="H8" s="39"/>
+      <c r="I8" s="40"/>
+      <c r="J8" s="7"/>
+    </row>
+    <row r="9" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="29"/>
+      <c r="B9" s="41" t="s">
         <v>8</v>
       </c>
-      <c r="I9" s="7"/>
-[...2 lines deleted...]
-      <c r="B10" s="123" t="s">
+      <c r="C9" s="29"/>
+      <c r="D9" s="29"/>
+      <c r="E9" s="29"/>
+      <c r="F9" s="29"/>
+      <c r="G9" s="29"/>
+      <c r="H9" s="29"/>
+      <c r="I9" s="42"/>
+      <c r="J9" s="7"/>
+    </row>
+    <row r="10" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="29"/>
+      <c r="B10" s="43" t="s">
         <v>9</v>
       </c>
-      <c r="C10" s="124"/>
-[...9 lines deleted...]
-      <c r="D11" s="9" t="s">
+      <c r="C10" s="44"/>
+      <c r="D10" s="44"/>
+      <c r="E10" s="44"/>
+      <c r="F10" s="44"/>
+      <c r="G10" s="44"/>
+      <c r="H10" s="44"/>
+      <c r="I10" s="45"/>
+      <c r="J10" s="7"/>
+    </row>
+    <row r="11" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="29"/>
+      <c r="B11" s="46"/>
+      <c r="C11" s="29"/>
+      <c r="D11" s="47" t="s">
         <v>10</v>
       </c>
-      <c r="I11" s="10"/>
-[...2 lines deleted...]
-      <c r="B12" s="11" t="s">
+      <c r="E11" s="29"/>
+      <c r="F11" s="29"/>
+      <c r="G11" s="29"/>
+      <c r="H11" s="29"/>
+      <c r="I11" s="48"/>
+      <c r="J11" s="7"/>
+    </row>
+    <row r="12" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="29"/>
+      <c r="B12" s="49" t="s">
         <v>11</v>
       </c>
-      <c r="C12" s="12"/>
-[...9 lines deleted...]
-      <c r="C13" s="16" t="s">
+      <c r="C12" s="50"/>
+      <c r="D12" s="50"/>
+      <c r="E12" s="51"/>
+      <c r="F12" s="51"/>
+      <c r="G12" s="51"/>
+      <c r="H12" s="52"/>
+      <c r="I12" s="52"/>
+      <c r="J12" s="7"/>
+    </row>
+    <row r="13" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="29"/>
+      <c r="B13" s="53"/>
+      <c r="C13" s="54" t="s">
         <v>12</v>
       </c>
-      <c r="D13" s="16" t="s">
+      <c r="D13" s="54" t="s">
         <v>13</v>
       </c>
-      <c r="E13" s="17" t="s">
+      <c r="E13" s="55" t="s">
         <v>14</v>
       </c>
-      <c r="F13" s="18"/>
-      <c r="G13" s="16" t="s">
+      <c r="F13" s="56"/>
+      <c r="G13" s="54" t="s">
         <v>12</v>
       </c>
-      <c r="H13" s="16" t="s">
+      <c r="H13" s="54" t="s">
         <v>13</v>
       </c>
-      <c r="I13" s="17" t="s">
+      <c r="I13" s="55" t="s">
         <v>14</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" s="19" t="s">
+      <c r="J13" s="7"/>
+    </row>
+    <row r="14" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="29"/>
+      <c r="B14" s="57" t="s">
         <v>15</v>
       </c>
-      <c r="C14" s="20" t="s">
+      <c r="C14" s="58" t="s">
         <v>16</v>
       </c>
-      <c r="D14" s="10"/>
-      <c r="E14" s="21" t="s">
+      <c r="D14" s="48"/>
+      <c r="E14" s="59" t="s">
         <v>16</v>
       </c>
-      <c r="F14" s="22" t="s">
+      <c r="F14" s="60" t="s">
         <v>17</v>
       </c>
-      <c r="G14" s="20" t="s">
+      <c r="G14" s="58" t="s">
         <v>16</v>
       </c>
-      <c r="H14" s="10"/>
-      <c r="I14" s="21" t="s">
+      <c r="H14" s="48"/>
+      <c r="I14" s="59" t="s">
         <v>16</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B15" s="23" t="s">
+      <c r="J14" s="7"/>
+    </row>
+    <row r="15" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="29"/>
+      <c r="B15" s="61" t="s">
         <v>18</v>
       </c>
-      <c r="C15" s="24">
+      <c r="C15" s="62">
         <v>1.4</v>
       </c>
-      <c r="D15" s="94"/>
-      <c r="E15" s="92">
+      <c r="D15" s="9"/>
+      <c r="E15" s="63">
         <f t="shared" ref="E15:E78" si="0">C15*D15</f>
         <v>0</v>
       </c>
-      <c r="F15" s="23" t="s">
+      <c r="F15" s="61" t="s">
         <v>19</v>
       </c>
-      <c r="G15" s="25">
+      <c r="G15" s="64">
         <v>3.6</v>
       </c>
-      <c r="H15" s="98"/>
-      <c r="I15" s="26">
+      <c r="H15" s="9"/>
+      <c r="I15" s="65">
         <f t="shared" ref="I15:I36" si="1">G15*H15</f>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B16" s="23" t="s">
+      <c r="J15" s="7"/>
+    </row>
+    <row r="16" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="29"/>
+      <c r="B16" s="61" t="s">
         <v>20</v>
       </c>
-      <c r="C16" s="24">
+      <c r="C16" s="62">
         <v>1.5</v>
       </c>
-      <c r="D16" s="95"/>
-[...4 lines deleted...]
-      <c r="F16" s="27" t="s">
+      <c r="D16" s="9"/>
+      <c r="E16" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F16" s="66" t="s">
         <v>21</v>
       </c>
-      <c r="G16" s="25">
+      <c r="G16" s="64">
         <v>2.4500000000000002</v>
       </c>
-      <c r="H16" s="98"/>
-      <c r="I16" s="26">
+      <c r="H16" s="9"/>
+      <c r="I16" s="65">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B17" s="23" t="s">
+      <c r="J16" s="7"/>
+    </row>
+    <row r="17" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="29"/>
+      <c r="B17" s="61" t="s">
         <v>22</v>
       </c>
-      <c r="C17" s="24">
+      <c r="C17" s="62">
         <v>1.5</v>
       </c>
-      <c r="D17" s="96"/>
-[...4 lines deleted...]
-      <c r="F17" s="23" t="s">
+      <c r="D17" s="9"/>
+      <c r="E17" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F17" s="61" t="s">
         <v>23</v>
       </c>
-      <c r="G17" s="25">
+      <c r="G17" s="64">
         <v>2</v>
       </c>
-      <c r="H17" s="98"/>
-      <c r="I17" s="26">
+      <c r="H17" s="9"/>
+      <c r="I17" s="65">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B18" s="23" t="s">
+      <c r="J17" s="7"/>
+    </row>
+    <row r="18" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="29"/>
+      <c r="B18" s="61" t="s">
         <v>24</v>
       </c>
-      <c r="C18" s="24">
+      <c r="C18" s="62">
         <v>1.3</v>
       </c>
-      <c r="D18" s="96"/>
-[...4 lines deleted...]
-      <c r="F18" s="23" t="s">
+      <c r="D18" s="9"/>
+      <c r="E18" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F18" s="61" t="s">
         <v>25</v>
       </c>
-      <c r="G18" s="25">
+      <c r="G18" s="64">
         <v>1.8</v>
       </c>
-      <c r="H18" s="98"/>
-      <c r="I18" s="28">
+      <c r="H18" s="9"/>
+      <c r="I18" s="67">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B19" s="23" t="s">
+      <c r="J18" s="7"/>
+    </row>
+    <row r="19" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="29"/>
+      <c r="B19" s="61" t="s">
         <v>26</v>
       </c>
-      <c r="C19" s="24">
+      <c r="C19" s="62">
         <v>1.4</v>
       </c>
-      <c r="D19" s="96"/>
-[...4 lines deleted...]
-      <c r="F19" s="23" t="s">
+      <c r="D19" s="9"/>
+      <c r="E19" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F19" s="61" t="s">
         <v>27</v>
       </c>
-      <c r="G19" s="25">
+      <c r="G19" s="64">
         <v>2.1</v>
       </c>
-      <c r="H19" s="98"/>
-      <c r="I19" s="28">
+      <c r="H19" s="9"/>
+      <c r="I19" s="67">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B20" s="23" t="s">
+      <c r="J19" s="7"/>
+    </row>
+    <row r="20" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="29"/>
+      <c r="B20" s="61" t="s">
         <v>28</v>
       </c>
-      <c r="C20" s="24">
+      <c r="C20" s="62">
         <v>1.3</v>
       </c>
-      <c r="D20" s="96"/>
-[...4 lines deleted...]
-      <c r="F20" s="23" t="s">
+      <c r="D20" s="9"/>
+      <c r="E20" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F20" s="61" t="s">
         <v>29</v>
       </c>
-      <c r="G20" s="25">
+      <c r="G20" s="64">
         <v>6.4</v>
       </c>
-      <c r="H20" s="98"/>
-      <c r="I20" s="28">
+      <c r="H20" s="9"/>
+      <c r="I20" s="67">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B21" s="23" t="s">
+      <c r="J20" s="7"/>
+    </row>
+    <row r="21" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="29"/>
+      <c r="B21" s="61" t="s">
         <v>30</v>
       </c>
-      <c r="C21" s="24">
+      <c r="C21" s="62">
         <v>1.5</v>
       </c>
-      <c r="D21" s="96"/>
-[...4 lines deleted...]
-      <c r="F21" s="23" t="s">
+      <c r="D21" s="9"/>
+      <c r="E21" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F21" s="61" t="s">
         <v>31</v>
       </c>
-      <c r="G21" s="25">
+      <c r="G21" s="64">
         <v>4.5999999999999996</v>
       </c>
-      <c r="H21" s="98"/>
-      <c r="I21" s="28">
+      <c r="H21" s="9"/>
+      <c r="I21" s="67">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B22" s="23" t="s">
+      <c r="J21" s="7"/>
+    </row>
+    <row r="22" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="29"/>
+      <c r="B22" s="61" t="s">
         <v>32</v>
       </c>
-      <c r="C22" s="24">
+      <c r="C22" s="62">
         <v>1.4</v>
       </c>
-      <c r="D22" s="96"/>
-[...4 lines deleted...]
-      <c r="F22" s="23" t="s">
+      <c r="D22" s="9"/>
+      <c r="E22" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F22" s="61" t="s">
         <v>33</v>
       </c>
-      <c r="G22" s="29">
+      <c r="G22" s="68">
         <v>3.3</v>
       </c>
-      <c r="H22" s="99"/>
-      <c r="I22" s="30">
+      <c r="H22" s="10"/>
+      <c r="I22" s="69">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B23" s="23" t="s">
+      <c r="J22" s="7"/>
+    </row>
+    <row r="23" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="29"/>
+      <c r="B23" s="61" t="s">
         <v>34</v>
       </c>
-      <c r="C23" s="24">
+      <c r="C23" s="62">
         <v>1.6</v>
       </c>
-      <c r="D23" s="96"/>
-[...4 lines deleted...]
-      <c r="F23" s="31" t="s">
+      <c r="D23" s="9"/>
+      <c r="E23" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F23" s="70" t="s">
         <v>35</v>
       </c>
-      <c r="G23" s="32">
+      <c r="G23" s="71">
         <v>3.85</v>
       </c>
-      <c r="H23" s="98"/>
-      <c r="I23" s="26">
+      <c r="H23" s="9"/>
+      <c r="I23" s="65">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B24" s="23" t="s">
+      <c r="J23" s="7"/>
+    </row>
+    <row r="24" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="29"/>
+      <c r="B24" s="61" t="s">
         <v>36</v>
       </c>
-      <c r="C24" s="24">
+      <c r="C24" s="62">
         <v>1.6</v>
       </c>
-      <c r="D24" s="96"/>
-[...4 lines deleted...]
-      <c r="F24" s="23" t="s">
+      <c r="D24" s="9"/>
+      <c r="E24" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F24" s="61" t="s">
         <v>37</v>
       </c>
-      <c r="G24" s="25">
+      <c r="G24" s="64">
         <v>3.4</v>
       </c>
-      <c r="H24" s="98"/>
-      <c r="I24" s="26">
+      <c r="H24" s="9"/>
+      <c r="I24" s="65">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B25" s="23" t="s">
+      <c r="J24" s="7"/>
+    </row>
+    <row r="25" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="29"/>
+      <c r="B25" s="61" t="s">
         <v>38</v>
       </c>
-      <c r="C25" s="24">
+      <c r="C25" s="62">
         <v>1.6</v>
       </c>
-      <c r="D25" s="96"/>
-[...4 lines deleted...]
-      <c r="F25" s="23" t="s">
+      <c r="D25" s="9"/>
+      <c r="E25" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F25" s="61" t="s">
         <v>39</v>
       </c>
-      <c r="G25" s="25">
+      <c r="G25" s="64">
         <v>4.2</v>
       </c>
-      <c r="H25" s="98"/>
-      <c r="I25" s="26">
+      <c r="H25" s="9"/>
+      <c r="I25" s="65">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B26" s="23" t="s">
+      <c r="J25" s="7"/>
+    </row>
+    <row r="26" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="29"/>
+      <c r="B26" s="61" t="s">
         <v>40</v>
       </c>
-      <c r="C26" s="24">
+      <c r="C26" s="62">
         <v>4.2</v>
       </c>
-      <c r="D26" s="96"/>
-[...4 lines deleted...]
-      <c r="F26" s="23" t="s">
+      <c r="D26" s="9"/>
+      <c r="E26" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F26" s="61" t="s">
         <v>41</v>
       </c>
-      <c r="G26" s="25">
+      <c r="G26" s="64">
         <v>5.4</v>
       </c>
-      <c r="H26" s="98"/>
-      <c r="I26" s="26">
+      <c r="H26" s="9"/>
+      <c r="I26" s="65">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B27" s="23" t="s">
+      <c r="J26" s="7"/>
+    </row>
+    <row r="27" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="29"/>
+      <c r="B27" s="61" t="s">
         <v>42</v>
       </c>
-      <c r="C27" s="24">
+      <c r="C27" s="62">
         <v>1.6</v>
       </c>
-      <c r="D27" s="96"/>
-[...4 lines deleted...]
-      <c r="F27" s="23" t="s">
+      <c r="D27" s="9"/>
+      <c r="E27" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F27" s="61" t="s">
         <v>43</v>
       </c>
-      <c r="G27" s="25">
+      <c r="G27" s="64">
         <v>5.8000000000000007</v>
       </c>
-      <c r="H27" s="98"/>
-      <c r="I27" s="26">
+      <c r="H27" s="9"/>
+      <c r="I27" s="65">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B28" s="23" t="s">
+      <c r="J27" s="7"/>
+    </row>
+    <row r="28" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="29"/>
+      <c r="B28" s="61" t="s">
         <v>44</v>
       </c>
-      <c r="C28" s="24">
+      <c r="C28" s="62">
         <v>1.7</v>
       </c>
-      <c r="D28" s="96"/>
-[...4 lines deleted...]
-      <c r="F28" s="23" t="s">
+      <c r="D28" s="9"/>
+      <c r="E28" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F28" s="61" t="s">
         <v>45</v>
       </c>
-      <c r="G28" s="25">
+      <c r="G28" s="64">
         <v>4.8000000000000007</v>
       </c>
-      <c r="H28" s="98"/>
-      <c r="I28" s="26">
+      <c r="H28" s="9"/>
+      <c r="I28" s="65">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B29" s="23" t="s">
+      <c r="J28" s="7"/>
+    </row>
+    <row r="29" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="29"/>
+      <c r="B29" s="61" t="s">
         <v>46</v>
       </c>
-      <c r="C29" s="24">
+      <c r="C29" s="62">
         <v>1.6</v>
       </c>
-      <c r="D29" s="96"/>
-[...4 lines deleted...]
-      <c r="F29" s="33" t="s">
+      <c r="D29" s="9"/>
+      <c r="E29" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F29" s="72" t="s">
         <v>47</v>
       </c>
-      <c r="G29" s="34">
+      <c r="G29" s="73">
         <v>2.15</v>
       </c>
-      <c r="H29" s="99"/>
-      <c r="I29" s="26">
+      <c r="H29" s="10"/>
+      <c r="I29" s="65">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B30" s="23" t="s">
+      <c r="J29" s="7"/>
+    </row>
+    <row r="30" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="29"/>
+      <c r="B30" s="61" t="s">
         <v>48</v>
       </c>
-      <c r="C30" s="24">
+      <c r="C30" s="62">
         <v>3.1</v>
       </c>
-      <c r="D30" s="96"/>
-[...4 lines deleted...]
-      <c r="F30" s="35" t="s">
+      <c r="D30" s="9"/>
+      <c r="E30" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F30" s="74" t="s">
         <v>49</v>
       </c>
-      <c r="G30" s="36">
+      <c r="G30" s="75">
         <v>1.95</v>
       </c>
-      <c r="H30" s="98"/>
-      <c r="I30" s="26">
+      <c r="H30" s="9"/>
+      <c r="I30" s="65">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B31" s="23" t="s">
+      <c r="J30" s="7"/>
+    </row>
+    <row r="31" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="29"/>
+      <c r="B31" s="61" t="s">
         <v>50</v>
       </c>
-      <c r="C31" s="24">
+      <c r="C31" s="62">
         <v>3.2</v>
       </c>
-      <c r="D31" s="96"/>
-[...4 lines deleted...]
-      <c r="F31" s="35" t="s">
+      <c r="D31" s="9"/>
+      <c r="E31" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F31" s="74" t="s">
         <v>51</v>
       </c>
-      <c r="G31" s="37">
+      <c r="G31" s="76">
         <v>1.95</v>
       </c>
-      <c r="H31" s="98"/>
-      <c r="I31" s="26">
+      <c r="H31" s="9"/>
+      <c r="I31" s="65">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B32" s="23" t="s">
+      <c r="J31" s="7"/>
+    </row>
+    <row r="32" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="29"/>
+      <c r="B32" s="61" t="s">
         <v>52</v>
       </c>
-      <c r="C32" s="24">
+      <c r="C32" s="62">
         <v>1.8</v>
       </c>
-      <c r="D32" s="96"/>
-[...4 lines deleted...]
-      <c r="F32" s="38" t="s">
+      <c r="D32" s="9"/>
+      <c r="E32" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F32" s="77" t="s">
         <v>53</v>
       </c>
-      <c r="G32" s="39">
+      <c r="G32" s="78">
         <v>2</v>
       </c>
-      <c r="H32" s="98"/>
-      <c r="I32" s="26">
+      <c r="H32" s="9"/>
+      <c r="I32" s="65">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B33" s="23" t="s">
+      <c r="J32" s="7"/>
+    </row>
+    <row r="33" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="29"/>
+      <c r="B33" s="61" t="s">
         <v>54</v>
       </c>
-      <c r="C33" s="24">
+      <c r="C33" s="62">
         <v>1.8</v>
       </c>
-      <c r="D33" s="96"/>
-[...4 lines deleted...]
-      <c r="F33" s="23" t="s">
+      <c r="D33" s="9"/>
+      <c r="E33" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F33" s="61" t="s">
         <v>55</v>
       </c>
-      <c r="G33" s="25">
+      <c r="G33" s="64">
         <v>2.1</v>
       </c>
-      <c r="H33" s="98"/>
-      <c r="I33" s="26">
+      <c r="H33" s="9"/>
+      <c r="I33" s="65">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B34" s="23" t="s">
+      <c r="J33" s="7"/>
+    </row>
+    <row r="34" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="29"/>
+      <c r="B34" s="61" t="s">
         <v>56</v>
       </c>
-      <c r="C34" s="24">
+      <c r="C34" s="62">
         <v>1.8</v>
       </c>
-      <c r="D34" s="96"/>
-[...4 lines deleted...]
-      <c r="F34" s="23" t="s">
+      <c r="D34" s="9"/>
+      <c r="E34" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F34" s="61" t="s">
         <v>57</v>
       </c>
-      <c r="G34" s="25">
+      <c r="G34" s="64">
         <v>5.2</v>
       </c>
-      <c r="H34" s="98"/>
-      <c r="I34" s="26">
+      <c r="H34" s="9"/>
+      <c r="I34" s="65">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B35" s="23" t="s">
+      <c r="J34" s="7"/>
+    </row>
+    <row r="35" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="29"/>
+      <c r="B35" s="61" t="s">
         <v>58</v>
       </c>
-      <c r="C35" s="24">
+      <c r="C35" s="62">
         <v>1.6</v>
       </c>
-      <c r="D35" s="96"/>
-[...4 lines deleted...]
-      <c r="F35" s="23" t="s">
+      <c r="D35" s="9"/>
+      <c r="E35" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F35" s="61" t="s">
         <v>59</v>
       </c>
-      <c r="G35" s="25">
+      <c r="G35" s="64">
         <v>6.6000000000000005</v>
       </c>
-      <c r="H35" s="98"/>
-      <c r="I35" s="26">
+      <c r="H35" s="9"/>
+      <c r="I35" s="65">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B36" s="23" t="s">
+      <c r="J35" s="7"/>
+    </row>
+    <row r="36" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="29"/>
+      <c r="B36" s="61" t="s">
         <v>60</v>
       </c>
-      <c r="C36" s="24">
+      <c r="C36" s="62">
         <v>3.9</v>
       </c>
-      <c r="D36" s="96"/>
-[...7 lines deleted...]
-      <c r="I36" s="28">
+      <c r="D36" s="9"/>
+      <c r="E36" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F36" s="74"/>
+      <c r="G36" s="76"/>
+      <c r="H36" s="10"/>
+      <c r="I36" s="67">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B37" s="23" t="s">
+      <c r="J36" s="7"/>
+    </row>
+    <row r="37" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="29"/>
+      <c r="B37" s="61" t="s">
         <v>61</v>
       </c>
-      <c r="C37" s="24">
+      <c r="C37" s="62">
         <v>3.9</v>
       </c>
-      <c r="D37" s="96"/>
-[...4 lines deleted...]
-      <c r="F37" s="40" t="s">
+      <c r="D37" s="9"/>
+      <c r="E37" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F37" s="79" t="s">
         <v>62</v>
       </c>
-      <c r="H37" s="100"/>
-[...3 lines deleted...]
-      <c r="B38" s="23" t="s">
+      <c r="G37" s="29"/>
+      <c r="H37" s="80"/>
+      <c r="I37" s="69"/>
+      <c r="J37" s="7"/>
+    </row>
+    <row r="38" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="29"/>
+      <c r="B38" s="61" t="s">
         <v>63</v>
       </c>
-      <c r="C38" s="24">
+      <c r="C38" s="62">
         <v>3.85</v>
       </c>
-      <c r="D38" s="96"/>
-[...4 lines deleted...]
-      <c r="F38" s="41" t="s">
+      <c r="D38" s="9"/>
+      <c r="E38" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F38" s="81" t="s">
         <v>64</v>
       </c>
-      <c r="G38" s="25">
+      <c r="G38" s="64">
         <v>17.95</v>
       </c>
-      <c r="H38" s="98"/>
-      <c r="I38" s="28">
+      <c r="H38" s="9"/>
+      <c r="I38" s="67">
         <f t="shared" ref="I38:I67" si="2">G38*H38</f>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B39" s="23" t="s">
+      <c r="J38" s="7"/>
+    </row>
+    <row r="39" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="29"/>
+      <c r="B39" s="61" t="s">
         <v>65</v>
       </c>
-      <c r="C39" s="24">
+      <c r="C39" s="62">
         <v>3.6</v>
       </c>
-      <c r="D39" s="96"/>
-[...4 lines deleted...]
-      <c r="F39" s="42" t="s">
+      <c r="D39" s="9"/>
+      <c r="E39" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F39" s="82" t="s">
         <v>66</v>
       </c>
-      <c r="G39" s="25">
+      <c r="G39" s="64">
         <v>10.8</v>
       </c>
-      <c r="H39" s="98"/>
-      <c r="I39" s="26">
+      <c r="H39" s="9"/>
+      <c r="I39" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B40" s="23" t="s">
+      <c r="J39" s="7"/>
+    </row>
+    <row r="40" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="29"/>
+      <c r="B40" s="61" t="s">
         <v>67</v>
       </c>
-      <c r="C40" s="24">
+      <c r="C40" s="62">
         <v>3.6</v>
       </c>
-      <c r="D40" s="96"/>
-[...4 lines deleted...]
-      <c r="F40" s="41" t="s">
+      <c r="D40" s="9"/>
+      <c r="E40" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F40" s="81" t="s">
         <v>68</v>
       </c>
-      <c r="G40" s="25">
+      <c r="G40" s="64">
         <v>9.85</v>
       </c>
-      <c r="H40" s="98"/>
-      <c r="I40" s="26">
+      <c r="H40" s="9"/>
+      <c r="I40" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B41" s="23" t="s">
+      <c r="J40" s="7"/>
+    </row>
+    <row r="41" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="29"/>
+      <c r="B41" s="61" t="s">
         <v>69</v>
       </c>
-      <c r="C41" s="24">
+      <c r="C41" s="62">
         <v>2</v>
       </c>
-      <c r="D41" s="96"/>
-[...4 lines deleted...]
-      <c r="F41" s="41" t="s">
+      <c r="D41" s="9"/>
+      <c r="E41" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F41" s="81" t="s">
         <v>70</v>
       </c>
-      <c r="G41" s="25">
+      <c r="G41" s="64">
         <v>9.85</v>
       </c>
-      <c r="H41" s="98"/>
-      <c r="I41" s="26">
+      <c r="H41" s="9"/>
+      <c r="I41" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B42" s="23" t="s">
+      <c r="J41" s="7"/>
+    </row>
+    <row r="42" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="29"/>
+      <c r="B42" s="61" t="s">
         <v>71</v>
       </c>
-      <c r="C42" s="24">
+      <c r="C42" s="62">
         <v>1.6</v>
       </c>
-      <c r="D42" s="96"/>
-[...4 lines deleted...]
-      <c r="F42" s="41" t="s">
+      <c r="D42" s="9"/>
+      <c r="E42" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F42" s="81" t="s">
         <v>72</v>
       </c>
-      <c r="G42" s="25">
+      <c r="G42" s="64">
         <v>17.95</v>
       </c>
-      <c r="H42" s="98"/>
-      <c r="I42" s="26">
+      <c r="H42" s="9"/>
+      <c r="I42" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B43" s="23" t="s">
+      <c r="J42" s="7"/>
+    </row>
+    <row r="43" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="29"/>
+      <c r="B43" s="61" t="s">
         <v>73</v>
       </c>
-      <c r="C43" s="24">
+      <c r="C43" s="62">
         <v>1.6</v>
       </c>
-      <c r="D43" s="96"/>
-[...4 lines deleted...]
-      <c r="F43" s="41" t="s">
+      <c r="D43" s="9"/>
+      <c r="E43" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F43" s="81" t="s">
         <v>74</v>
       </c>
-      <c r="G43" s="25">
+      <c r="G43" s="64">
         <v>9.5500000000000007</v>
       </c>
-      <c r="H43" s="98"/>
-      <c r="I43" s="26">
+      <c r="H43" s="9"/>
+      <c r="I43" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B44" s="23" t="s">
+      <c r="J43" s="7"/>
+    </row>
+    <row r="44" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="29"/>
+      <c r="B44" s="61" t="s">
         <v>75</v>
       </c>
-      <c r="C44" s="24">
+      <c r="C44" s="62">
         <v>1.6500000000000001</v>
       </c>
-      <c r="D44" s="96"/>
-[...4 lines deleted...]
-      <c r="F44" s="41" t="s">
+      <c r="D44" s="9"/>
+      <c r="E44" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F44" s="81" t="s">
         <v>76</v>
       </c>
-      <c r="G44" s="25">
+      <c r="G44" s="64">
         <v>17.95</v>
       </c>
-      <c r="H44" s="98"/>
-      <c r="I44" s="26">
+      <c r="H44" s="9"/>
+      <c r="I44" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B45" s="23" t="s">
+      <c r="J44" s="7"/>
+    </row>
+    <row r="45" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="29"/>
+      <c r="B45" s="61" t="s">
         <v>77</v>
       </c>
-      <c r="C45" s="24">
+      <c r="C45" s="62">
         <v>1.6</v>
       </c>
-      <c r="D45" s="96"/>
-[...4 lines deleted...]
-      <c r="F45" s="41" t="s">
+      <c r="D45" s="9"/>
+      <c r="E45" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F45" s="81" t="s">
         <v>78</v>
       </c>
-      <c r="G45" s="25">
+      <c r="G45" s="64">
         <v>11.7</v>
       </c>
-      <c r="H45" s="98"/>
-      <c r="I45" s="26">
+      <c r="H45" s="9"/>
+      <c r="I45" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B46" s="23" t="s">
+      <c r="J45" s="7"/>
+    </row>
+    <row r="46" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="29"/>
+      <c r="B46" s="61" t="s">
         <v>79</v>
       </c>
-      <c r="C46" s="24">
+      <c r="C46" s="62">
         <v>1.6500000000000001</v>
       </c>
-      <c r="D46" s="96"/>
-[...4 lines deleted...]
-      <c r="F46" s="41" t="s">
+      <c r="D46" s="9"/>
+      <c r="E46" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F46" s="81" t="s">
         <v>80</v>
       </c>
-      <c r="G46" s="25">
+      <c r="G46" s="64">
         <v>17.95</v>
       </c>
-      <c r="H46" s="98"/>
-      <c r="I46" s="26">
+      <c r="H46" s="9"/>
+      <c r="I46" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B47" s="23" t="s">
+      <c r="J46" s="7"/>
+    </row>
+    <row r="47" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="29"/>
+      <c r="B47" s="61" t="s">
         <v>81</v>
       </c>
-      <c r="C47" s="24">
+      <c r="C47" s="62">
         <v>1.75</v>
       </c>
-      <c r="D47" s="96"/>
-[...4 lines deleted...]
-      <c r="F47" s="41" t="s">
+      <c r="D47" s="9"/>
+      <c r="E47" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F47" s="81" t="s">
         <v>82</v>
       </c>
-      <c r="G47" s="25">
+      <c r="G47" s="64">
         <v>28.1</v>
       </c>
-      <c r="H47" s="98"/>
-      <c r="I47" s="26">
+      <c r="H47" s="9"/>
+      <c r="I47" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B48" s="23" t="s">
+      <c r="J47" s="7"/>
+    </row>
+    <row r="48" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="29"/>
+      <c r="B48" s="61" t="s">
         <v>83</v>
       </c>
-      <c r="C48" s="24">
+      <c r="C48" s="62">
         <v>1.75</v>
       </c>
-      <c r="D48" s="96"/>
-[...4 lines deleted...]
-      <c r="F48" s="41" t="s">
+      <c r="D48" s="9"/>
+      <c r="E48" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F48" s="81" t="s">
         <v>84</v>
       </c>
-      <c r="G48" s="25">
+      <c r="G48" s="64">
         <v>25.85</v>
       </c>
-      <c r="H48" s="98"/>
-      <c r="I48" s="26">
+      <c r="H48" s="9"/>
+      <c r="I48" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
+      <c r="J48" s="7"/>
     </row>
     <row r="49" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B49" s="23" t="s">
+      <c r="A49" s="29"/>
+      <c r="B49" s="61" t="s">
         <v>85</v>
       </c>
-      <c r="C49" s="24">
+      <c r="C49" s="62">
         <v>4.6500000000000004</v>
       </c>
-      <c r="D49" s="96"/>
-[...4 lines deleted...]
-      <c r="F49" s="41" t="s">
+      <c r="D49" s="9"/>
+      <c r="E49" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F49" s="81" t="s">
         <v>86</v>
       </c>
-      <c r="G49" s="25">
+      <c r="G49" s="64">
         <v>26.05</v>
       </c>
-      <c r="H49" s="98"/>
-      <c r="I49" s="26">
+      <c r="H49" s="9"/>
+      <c r="I49" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
+      <c r="J49" s="7"/>
     </row>
     <row r="50" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B50" s="23" t="s">
+      <c r="A50" s="29"/>
+      <c r="B50" s="61" t="s">
         <v>87</v>
       </c>
-      <c r="C50" s="24">
+      <c r="C50" s="62">
         <v>1.8</v>
       </c>
-      <c r="D50" s="96"/>
-[...4 lines deleted...]
-      <c r="F50" s="41" t="s">
+      <c r="D50" s="9"/>
+      <c r="E50" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F50" s="81" t="s">
         <v>88</v>
       </c>
-      <c r="G50" s="25">
+      <c r="G50" s="64">
         <v>24.85</v>
       </c>
-      <c r="H50" s="98"/>
-      <c r="I50" s="26">
+      <c r="H50" s="9"/>
+      <c r="I50" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
+      <c r="J50" s="7"/>
     </row>
     <row r="51" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B51" s="23" t="s">
+      <c r="A51" s="29"/>
+      <c r="B51" s="61" t="s">
         <v>89</v>
       </c>
-      <c r="C51" s="24">
+      <c r="C51" s="62">
         <v>1.8</v>
       </c>
-      <c r="D51" s="96"/>
-[...4 lines deleted...]
-      <c r="F51" s="41" t="s">
+      <c r="D51" s="9"/>
+      <c r="E51" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F51" s="81" t="s">
         <v>90</v>
       </c>
-      <c r="G51" s="25">
+      <c r="G51" s="64">
         <v>17.95</v>
       </c>
-      <c r="H51" s="98"/>
-      <c r="I51" s="26">
+      <c r="H51" s="9"/>
+      <c r="I51" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
+      <c r="J51" s="7"/>
     </row>
     <row r="52" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B52" s="23" t="s">
+      <c r="A52" s="29"/>
+      <c r="B52" s="61" t="s">
         <v>91</v>
       </c>
-      <c r="C52" s="24">
+      <c r="C52" s="62">
         <v>1.8</v>
       </c>
-      <c r="D52" s="96"/>
-[...4 lines deleted...]
-      <c r="F52" s="41" t="s">
+      <c r="D52" s="9"/>
+      <c r="E52" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F52" s="81" t="s">
         <v>92</v>
       </c>
-      <c r="G52" s="25">
+      <c r="G52" s="64">
         <v>21</v>
       </c>
-      <c r="H52" s="98"/>
-      <c r="I52" s="26">
+      <c r="H52" s="9"/>
+      <c r="I52" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
+      <c r="J52" s="7"/>
     </row>
     <row r="53" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B53" s="23" t="s">
+      <c r="A53" s="29"/>
+      <c r="B53" s="61" t="s">
         <v>93</v>
       </c>
-      <c r="C53" s="24">
+      <c r="C53" s="62">
         <v>3.6</v>
       </c>
-      <c r="D53" s="96"/>
-[...4 lines deleted...]
-      <c r="F53" s="41" t="s">
+      <c r="D53" s="9"/>
+      <c r="E53" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F53" s="81" t="s">
         <v>94</v>
       </c>
-      <c r="G53" s="25">
+      <c r="G53" s="64">
         <v>17.95</v>
       </c>
-      <c r="H53" s="98"/>
-      <c r="I53" s="26">
+      <c r="H53" s="9"/>
+      <c r="I53" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
+      <c r="J53" s="7"/>
     </row>
     <row r="54" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B54" s="23" t="s">
+      <c r="A54" s="29"/>
+      <c r="B54" s="61" t="s">
         <v>95</v>
       </c>
-      <c r="C54" s="24">
+      <c r="C54" s="62">
         <v>1.65</v>
       </c>
-      <c r="D54" s="96"/>
-[...4 lines deleted...]
-      <c r="F54" s="41" t="s">
+      <c r="D54" s="9"/>
+      <c r="E54" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F54" s="81" t="s">
         <v>96</v>
       </c>
-      <c r="G54" s="25">
+      <c r="G54" s="64">
         <v>17.95</v>
       </c>
-      <c r="H54" s="98"/>
-      <c r="I54" s="26">
+      <c r="H54" s="9"/>
+      <c r="I54" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="K54" s="43"/>
-      <c r="L54" s="44"/>
+      <c r="J54" s="7"/>
+      <c r="K54" s="2"/>
+      <c r="L54" s="3"/>
     </row>
     <row r="55" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B55" s="23" t="s">
+      <c r="A55" s="29"/>
+      <c r="B55" s="61" t="s">
         <v>97</v>
       </c>
-      <c r="C55" s="24">
+      <c r="C55" s="62">
         <v>2.4</v>
       </c>
-      <c r="D55" s="96"/>
-[...4 lines deleted...]
-      <c r="F55" s="41" t="s">
+      <c r="D55" s="9"/>
+      <c r="E55" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F55" s="81" t="s">
         <v>98</v>
       </c>
-      <c r="G55" s="25">
+      <c r="G55" s="64">
         <v>5.15</v>
       </c>
-      <c r="H55" s="98"/>
-      <c r="I55" s="26">
+      <c r="H55" s="9"/>
+      <c r="I55" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
+      <c r="J55" s="7"/>
     </row>
     <row r="56" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="45"/>
-      <c r="B56" s="23" t="s">
+      <c r="A56" s="83"/>
+      <c r="B56" s="61" t="s">
         <v>99</v>
       </c>
-      <c r="C56" s="24">
+      <c r="C56" s="62">
         <v>1.9500000000000002</v>
       </c>
-      <c r="D56" s="96"/>
-[...4 lines deleted...]
-      <c r="F56" s="41" t="s">
+      <c r="D56" s="9"/>
+      <c r="E56" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F56" s="81" t="s">
         <v>100</v>
       </c>
-      <c r="G56" s="25">
+      <c r="G56" s="64">
         <v>17.95</v>
       </c>
-      <c r="H56" s="98"/>
-      <c r="I56" s="26">
+      <c r="H56" s="9"/>
+      <c r="I56" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J56" s="45"/>
-[...15 lines deleted...]
-      <c r="Z56" s="45"/>
+      <c r="J56" s="11"/>
+      <c r="K56" s="4"/>
+      <c r="L56" s="4"/>
+      <c r="M56" s="4"/>
+      <c r="N56" s="4"/>
+      <c r="O56" s="4"/>
+      <c r="P56" s="4"/>
+      <c r="Q56" s="4"/>
+      <c r="R56" s="4"/>
+      <c r="S56" s="4"/>
+      <c r="T56" s="4"/>
+      <c r="U56" s="4"/>
+      <c r="V56" s="4"/>
+      <c r="W56" s="4"/>
+      <c r="X56" s="4"/>
+      <c r="Y56" s="4"/>
+      <c r="Z56" s="4"/>
     </row>
     <row r="57" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="45"/>
-      <c r="B57" s="23" t="s">
+      <c r="A57" s="83"/>
+      <c r="B57" s="61" t="s">
         <v>101</v>
       </c>
-      <c r="C57" s="24">
+      <c r="C57" s="62">
         <v>1.95</v>
       </c>
-      <c r="D57" s="96"/>
-[...4 lines deleted...]
-      <c r="F57" s="41" t="s">
+      <c r="D57" s="9"/>
+      <c r="E57" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F57" s="81" t="s">
         <v>102</v>
       </c>
-      <c r="G57" s="25">
+      <c r="G57" s="64">
         <v>17.95</v>
       </c>
-      <c r="H57" s="98"/>
-      <c r="I57" s="26">
+      <c r="H57" s="9"/>
+      <c r="I57" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J57" s="45"/>
-[...15 lines deleted...]
-      <c r="Z57" s="45"/>
+      <c r="J57" s="11"/>
+      <c r="K57" s="4"/>
+      <c r="L57" s="4"/>
+      <c r="M57" s="4"/>
+      <c r="N57" s="4"/>
+      <c r="O57" s="4"/>
+      <c r="P57" s="4"/>
+      <c r="Q57" s="4"/>
+      <c r="R57" s="4"/>
+      <c r="S57" s="4"/>
+      <c r="T57" s="4"/>
+      <c r="U57" s="4"/>
+      <c r="V57" s="4"/>
+      <c r="W57" s="4"/>
+      <c r="X57" s="4"/>
+      <c r="Y57" s="4"/>
+      <c r="Z57" s="4"/>
     </row>
     <row r="58" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B58" s="23" t="s">
+      <c r="A58" s="29"/>
+      <c r="B58" s="61" t="s">
         <v>103</v>
       </c>
-      <c r="C58" s="24">
+      <c r="C58" s="62">
         <v>1.7000000000000002</v>
       </c>
-      <c r="D58" s="96"/>
-[...4 lines deleted...]
-      <c r="F58" s="41" t="s">
+      <c r="D58" s="9"/>
+      <c r="E58" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F58" s="81" t="s">
         <v>104</v>
       </c>
-      <c r="G58" s="25">
+      <c r="G58" s="64">
         <v>21</v>
       </c>
-      <c r="H58" s="98"/>
-      <c r="I58" s="26">
+      <c r="H58" s="9"/>
+      <c r="I58" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
+      <c r="J58" s="7"/>
     </row>
     <row r="59" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B59" s="23" t="s">
+      <c r="A59" s="29"/>
+      <c r="B59" s="61" t="s">
         <v>105</v>
       </c>
-      <c r="C59" s="24">
+      <c r="C59" s="62">
         <v>3.75</v>
       </c>
-      <c r="D59" s="96"/>
-[...4 lines deleted...]
-      <c r="F59" s="41" t="s">
+      <c r="D59" s="9"/>
+      <c r="E59" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F59" s="81" t="s">
         <v>106</v>
       </c>
-      <c r="G59" s="25">
+      <c r="G59" s="64">
         <v>17.95</v>
       </c>
-      <c r="H59" s="98"/>
-      <c r="I59" s="26">
+      <c r="H59" s="9"/>
+      <c r="I59" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
+      <c r="J59" s="7"/>
     </row>
     <row r="60" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B60" s="23" t="s">
+      <c r="A60" s="29"/>
+      <c r="B60" s="61" t="s">
         <v>107</v>
       </c>
-      <c r="C60" s="24">
+      <c r="C60" s="62">
         <v>1.6</v>
       </c>
-      <c r="D60" s="96"/>
-[...4 lines deleted...]
-      <c r="F60" s="41" t="s">
+      <c r="D60" s="9"/>
+      <c r="E60" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F60" s="81" t="s">
         <v>108</v>
       </c>
-      <c r="G60" s="25">
+      <c r="G60" s="64">
         <v>17.95</v>
       </c>
-      <c r="H60" s="98"/>
-      <c r="I60" s="26">
+      <c r="H60" s="9"/>
+      <c r="I60" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="L60" s="42"/>
-      <c r="M60" s="44"/>
+      <c r="J60" s="7"/>
+      <c r="L60" s="1"/>
+      <c r="M60" s="3"/>
     </row>
     <row r="61" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B61" s="23" t="s">
+      <c r="A61" s="29"/>
+      <c r="B61" s="61" t="s">
         <v>109</v>
       </c>
-      <c r="C61" s="24">
+      <c r="C61" s="62">
         <v>1.6</v>
       </c>
-      <c r="D61" s="96"/>
-[...4 lines deleted...]
-      <c r="F61" s="41" t="s">
+      <c r="D61" s="9"/>
+      <c r="E61" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F61" s="81" t="s">
         <v>110</v>
       </c>
-      <c r="G61" s="25">
+      <c r="G61" s="64">
         <v>5.15</v>
       </c>
-      <c r="H61" s="98"/>
-      <c r="I61" s="26">
+      <c r="H61" s="9"/>
+      <c r="I61" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
+      <c r="J61" s="7"/>
     </row>
     <row r="62" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B62" s="23" t="s">
+      <c r="A62" s="29"/>
+      <c r="B62" s="61" t="s">
         <v>111</v>
       </c>
-      <c r="C62" s="24">
+      <c r="C62" s="62">
         <v>1.6</v>
       </c>
-      <c r="D62" s="96"/>
-[...4 lines deleted...]
-      <c r="F62" s="41" t="s">
+      <c r="D62" s="9"/>
+      <c r="E62" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F62" s="81" t="s">
         <v>112</v>
       </c>
-      <c r="G62" s="25">
+      <c r="G62" s="64">
         <v>17.95</v>
       </c>
-      <c r="H62" s="98"/>
-      <c r="I62" s="26">
+      <c r="H62" s="9"/>
+      <c r="I62" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
+      <c r="J62" s="7"/>
     </row>
     <row r="63" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B63" s="23" t="s">
+      <c r="A63" s="29"/>
+      <c r="B63" s="61" t="s">
         <v>113</v>
       </c>
-      <c r="C63" s="24">
+      <c r="C63" s="62">
         <v>1.6</v>
       </c>
-      <c r="D63" s="96"/>
-[...4 lines deleted...]
-      <c r="F63" s="41" t="s">
+      <c r="D63" s="9"/>
+      <c r="E63" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F63" s="81" t="s">
         <v>114</v>
       </c>
-      <c r="G63" s="25">
+      <c r="G63" s="64">
         <v>17.95</v>
       </c>
-      <c r="H63" s="98"/>
-      <c r="I63" s="26">
+      <c r="H63" s="9"/>
+      <c r="I63" s="65">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
+      <c r="J63" s="7"/>
     </row>
     <row r="64" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B64" s="23" t="s">
+      <c r="A64" s="29"/>
+      <c r="B64" s="61" t="s">
         <v>115</v>
       </c>
-      <c r="C64" s="24">
+      <c r="C64" s="62">
         <v>1.7</v>
       </c>
-      <c r="D64" s="96"/>
-[...4 lines deleted...]
-      <c r="F64" s="41" t="s">
+      <c r="D64" s="9"/>
+      <c r="E64" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F64" s="81" t="s">
         <v>116</v>
       </c>
-      <c r="G64" s="25">
+      <c r="G64" s="64">
         <v>5.65</v>
       </c>
-      <c r="H64" s="98"/>
-      <c r="I64" s="28">
+      <c r="H64" s="9"/>
+      <c r="I64" s="67">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B65" s="23" t="s">
+      <c r="J64" s="7"/>
+    </row>
+    <row r="65" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="29"/>
+      <c r="B65" s="61" t="s">
         <v>117</v>
       </c>
-      <c r="C65" s="24">
+      <c r="C65" s="62">
         <v>1.75</v>
       </c>
-      <c r="D65" s="96"/>
-[...4 lines deleted...]
-      <c r="F65" s="46" t="s">
+      <c r="D65" s="9"/>
+      <c r="E65" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F65" s="84" t="s">
         <v>118</v>
       </c>
-      <c r="G65" s="25">
+      <c r="G65" s="64">
         <v>10.8</v>
       </c>
-      <c r="H65" s="98"/>
-      <c r="I65" s="28">
+      <c r="H65" s="9"/>
+      <c r="I65" s="67">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B66" s="23" t="s">
+      <c r="J65" s="7"/>
+    </row>
+    <row r="66" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="29"/>
+      <c r="B66" s="61" t="s">
         <v>119</v>
       </c>
-      <c r="C66" s="24">
+      <c r="C66" s="62">
         <v>1.75</v>
       </c>
-      <c r="D66" s="96"/>
-[...4 lines deleted...]
-      <c r="F66" s="46" t="s">
+      <c r="D66" s="9"/>
+      <c r="E66" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F66" s="84" t="s">
         <v>120</v>
       </c>
-      <c r="G66" s="25">
+      <c r="G66" s="64">
         <v>13.4</v>
       </c>
-      <c r="H66" s="101"/>
-      <c r="I66" s="28">
+      <c r="H66" s="12"/>
+      <c r="I66" s="67">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="K66" s="47"/>
-[...2 lines deleted...]
-      <c r="B67" s="23" t="s">
+      <c r="J66" s="7"/>
+      <c r="K66" s="5"/>
+    </row>
+    <row r="67" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="29"/>
+      <c r="B67" s="61" t="s">
         <v>121</v>
       </c>
-      <c r="C67" s="24">
+      <c r="C67" s="62">
         <v>3.95</v>
       </c>
-      <c r="D67" s="96"/>
-[...4 lines deleted...]
-      <c r="F67" s="48" t="s">
+      <c r="D67" s="9"/>
+      <c r="E67" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F67" s="85" t="s">
         <v>122</v>
       </c>
-      <c r="G67" s="49">
+      <c r="G67" s="86">
         <v>7.8</v>
       </c>
-      <c r="H67" s="98"/>
-      <c r="I67" s="50">
+      <c r="H67" s="9"/>
+      <c r="I67" s="87">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B68" s="23" t="s">
+      <c r="J67" s="7"/>
+    </row>
+    <row r="68" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="29"/>
+      <c r="B68" s="61" t="s">
         <v>123</v>
       </c>
-      <c r="C68" s="24">
+      <c r="C68" s="62">
         <v>1.6</v>
       </c>
-      <c r="D68" s="96"/>
-[...10 lines deleted...]
-      <c r="B69" s="23" t="s">
+      <c r="D68" s="9"/>
+      <c r="E68" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F68" s="88"/>
+      <c r="G68" s="89"/>
+      <c r="H68" s="9"/>
+      <c r="I68" s="87"/>
+      <c r="J68" s="7"/>
+    </row>
+    <row r="69" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="29"/>
+      <c r="B69" s="61" t="s">
         <v>124</v>
       </c>
-      <c r="C69" s="24">
+      <c r="C69" s="62">
         <v>1.6</v>
       </c>
-      <c r="D69" s="96"/>
-[...4 lines deleted...]
-      <c r="F69" s="40" t="s">
+      <c r="D69" s="9"/>
+      <c r="E69" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F69" s="79" t="s">
         <v>125</v>
       </c>
-      <c r="H69" s="102"/>
-[...4 lines deleted...]
-      <c r="B70" s="23" t="s">
+      <c r="G69" s="29"/>
+      <c r="H69" s="90"/>
+      <c r="I69" s="87"/>
+      <c r="J69" s="7"/>
+      <c r="K69" s="6"/>
+    </row>
+    <row r="70" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="29"/>
+      <c r="B70" s="61" t="s">
         <v>126</v>
       </c>
-      <c r="C70" s="24">
+      <c r="C70" s="62">
         <v>1.6</v>
       </c>
-      <c r="D70" s="96"/>
-[...4 lines deleted...]
-      <c r="F70" s="54" t="s">
+      <c r="D70" s="9"/>
+      <c r="E70" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F70" s="91" t="s">
         <v>127</v>
       </c>
-      <c r="G70" s="25">
+      <c r="G70" s="64">
         <v>6.3</v>
       </c>
-      <c r="H70" s="98"/>
-      <c r="I70" s="26">
+      <c r="H70" s="9"/>
+      <c r="I70" s="65">
         <f t="shared" ref="I70:I78" si="3">G70*H70</f>
         <v>0</v>
       </c>
-      <c r="K70" s="53"/>
-[...2 lines deleted...]
-      <c r="B71" s="23" t="s">
+      <c r="J70" s="7"/>
+      <c r="K70" s="6"/>
+    </row>
+    <row r="71" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="29"/>
+      <c r="B71" s="61" t="s">
         <v>128</v>
       </c>
-      <c r="C71" s="24">
+      <c r="C71" s="62">
         <v>1.6</v>
       </c>
-      <c r="D71" s="96"/>
-[...4 lines deleted...]
-      <c r="F71" s="54" t="s">
+      <c r="D71" s="9"/>
+      <c r="E71" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F71" s="91" t="s">
         <v>129</v>
       </c>
-      <c r="G71" s="25">
+      <c r="G71" s="64">
         <v>6.3</v>
       </c>
-      <c r="H71" s="98"/>
-      <c r="I71" s="26">
+      <c r="H71" s="9"/>
+      <c r="I71" s="65">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="K71" s="53"/>
-[...2 lines deleted...]
-      <c r="B72" s="23" t="s">
+      <c r="J71" s="7"/>
+      <c r="K71" s="6"/>
+    </row>
+    <row r="72" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="29"/>
+      <c r="B72" s="61" t="s">
         <v>130</v>
       </c>
-      <c r="C72" s="24">
+      <c r="C72" s="62">
         <v>1.6</v>
       </c>
-      <c r="D72" s="96"/>
-[...4 lines deleted...]
-      <c r="F72" s="54" t="s">
+      <c r="D72" s="9"/>
+      <c r="E72" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F72" s="91" t="s">
         <v>131</v>
       </c>
-      <c r="G72" s="25">
+      <c r="G72" s="64">
         <v>6.3</v>
       </c>
-      <c r="H72" s="98"/>
-      <c r="I72" s="26">
+      <c r="H72" s="9"/>
+      <c r="I72" s="65">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="J72" s="45"/>
-[...3 lines deleted...]
-      <c r="B73" s="23" t="s">
+      <c r="J72" s="11"/>
+      <c r="K72" s="6"/>
+    </row>
+    <row r="73" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="29"/>
+      <c r="B73" s="61" t="s">
         <v>132</v>
       </c>
-      <c r="C73" s="24">
+      <c r="C73" s="62">
         <v>1.6</v>
       </c>
-      <c r="D73" s="96"/>
-[...4 lines deleted...]
-      <c r="F73" s="54" t="s">
+      <c r="D73" s="9"/>
+      <c r="E73" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F73" s="91" t="s">
         <v>107</v>
       </c>
-      <c r="G73" s="25">
+      <c r="G73" s="64">
         <v>6.3</v>
       </c>
-      <c r="H73" s="98"/>
-      <c r="I73" s="26">
+      <c r="H73" s="9"/>
+      <c r="I73" s="65">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="K73" s="53"/>
-[...2 lines deleted...]
-      <c r="B74" s="23" t="s">
+      <c r="J73" s="7"/>
+      <c r="K73" s="6"/>
+    </row>
+    <row r="74" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="29"/>
+      <c r="B74" s="61" t="s">
         <v>133</v>
       </c>
-      <c r="C74" s="24">
+      <c r="C74" s="62">
         <v>1.6</v>
       </c>
-      <c r="D74" s="96"/>
-[...4 lines deleted...]
-      <c r="F74" s="54" t="s">
+      <c r="D74" s="9"/>
+      <c r="E74" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F74" s="91" t="s">
+        <v>134</v>
+      </c>
+      <c r="G74" s="64">
+        <v>6.3</v>
+      </c>
+      <c r="H74" s="9"/>
+      <c r="I74" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="J74" s="7"/>
+      <c r="K74" s="5"/>
+    </row>
+    <row r="75" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="29"/>
+      <c r="B75" s="61" t="s">
+        <v>135</v>
+      </c>
+      <c r="C75" s="62">
+        <v>1.6</v>
+      </c>
+      <c r="D75" s="9"/>
+      <c r="E75" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F75" s="91" t="s">
+        <v>136</v>
+      </c>
+      <c r="G75" s="64">
+        <v>6.3</v>
+      </c>
+      <c r="H75" s="9"/>
+      <c r="I75" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="J75" s="7"/>
+      <c r="K75" s="5"/>
+    </row>
+    <row r="76" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="29"/>
+      <c r="B76" s="61" t="s">
+        <v>137</v>
+      </c>
+      <c r="C76" s="62">
+        <v>1.6</v>
+      </c>
+      <c r="D76" s="9"/>
+      <c r="E76" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F76" s="91"/>
+      <c r="G76" s="64"/>
+      <c r="H76" s="9"/>
+      <c r="I76" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="J76" s="7"/>
+    </row>
+    <row r="77" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="29"/>
+      <c r="B77" s="61" t="s">
+        <v>138</v>
+      </c>
+      <c r="C77" s="62">
+        <v>1.7</v>
+      </c>
+      <c r="D77" s="9"/>
+      <c r="E77" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F77" s="91"/>
+      <c r="G77" s="64"/>
+      <c r="H77" s="9"/>
+      <c r="I77" s="65">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="J77" s="7"/>
+    </row>
+    <row r="78" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="29"/>
+      <c r="B78" s="61" t="s">
+        <v>139</v>
+      </c>
+      <c r="C78" s="62">
+        <v>1.7</v>
+      </c>
+      <c r="D78" s="9"/>
+      <c r="E78" s="63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F78" s="91"/>
+      <c r="G78" s="64"/>
+      <c r="H78" s="9"/>
+      <c r="I78" s="67">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="J78" s="7"/>
+    </row>
+    <row r="79" spans="1:11" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="29"/>
+      <c r="B79" s="92"/>
+      <c r="C79" s="93"/>
+      <c r="D79" s="93"/>
+      <c r="E79" s="93"/>
+      <c r="F79" s="93"/>
+      <c r="G79" s="93"/>
+      <c r="H79" s="94"/>
+      <c r="I79" s="95"/>
+      <c r="J79" s="7"/>
+    </row>
+    <row r="80" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="29"/>
+      <c r="B80" s="96"/>
+      <c r="C80" s="97"/>
+      <c r="D80" s="97"/>
+      <c r="E80" s="97"/>
+      <c r="F80" s="97"/>
+      <c r="G80" s="97"/>
+      <c r="H80" s="97"/>
+      <c r="I80" s="98"/>
+      <c r="J80" s="7"/>
+    </row>
+    <row r="81" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="29"/>
+      <c r="B81" s="99" t="s">
+        <v>140</v>
+      </c>
+      <c r="C81" s="100">
+        <f>SUM(D15:D78)+SUM(H15:H78)</f>
+        <v>0</v>
+      </c>
+      <c r="D81" s="101"/>
+      <c r="E81" s="102"/>
+      <c r="F81" s="102"/>
+      <c r="G81" s="103"/>
+      <c r="H81" s="103"/>
+      <c r="I81" s="104"/>
+      <c r="J81" s="7"/>
+    </row>
+    <row r="82" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="29"/>
+      <c r="B82" s="105" t="s">
+        <v>141</v>
+      </c>
+      <c r="C82" s="103"/>
+      <c r="D82" s="102" t="s">
+        <v>142</v>
+      </c>
+      <c r="E82" s="106">
+        <f>MROUND(SUM(E15:E78)+SUM(I15:I78),0.05)</f>
+        <v>0</v>
+      </c>
+      <c r="F82" s="107"/>
+      <c r="G82" s="103"/>
+      <c r="H82" s="103"/>
+      <c r="I82" s="104"/>
+      <c r="J82" s="7"/>
+    </row>
+    <row r="83" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="29"/>
+      <c r="B83" s="108" t="s">
+        <v>143</v>
+      </c>
+      <c r="C83" s="109"/>
+      <c r="D83" s="110"/>
+      <c r="E83" s="106">
+        <f>E82*0.06</f>
+        <v>0</v>
+      </c>
+      <c r="F83" s="111" t="s">
+        <v>144</v>
+      </c>
+      <c r="G83" s="109"/>
+      <c r="H83" s="109"/>
+      <c r="I83" s="112"/>
+      <c r="J83" s="7"/>
+    </row>
+    <row r="84" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="29"/>
+      <c r="B84" s="108" t="s">
+        <v>145</v>
+      </c>
+      <c r="C84" s="113"/>
+      <c r="D84" s="113"/>
+      <c r="E84" s="106">
+        <f>MROUND(E82+E83,0.05)</f>
+        <v>0</v>
+      </c>
+      <c r="F84" s="114" t="s">
+        <v>146</v>
+      </c>
+      <c r="G84" s="109"/>
+      <c r="H84" s="109"/>
+      <c r="I84" s="112"/>
+      <c r="J84" s="7"/>
+    </row>
+    <row r="85" spans="1:10" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="29"/>
+      <c r="B85" s="115"/>
+      <c r="C85" s="116"/>
+      <c r="D85" s="116"/>
+      <c r="E85" s="116"/>
+      <c r="F85" s="116"/>
+      <c r="G85" s="116"/>
+      <c r="H85" s="116"/>
+      <c r="I85" s="117"/>
+      <c r="J85" s="7"/>
+    </row>
+    <row r="86" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="29"/>
+      <c r="B86" s="46"/>
+      <c r="C86" s="83"/>
+      <c r="D86" s="83"/>
+      <c r="E86" s="118"/>
+      <c r="F86" s="29"/>
+      <c r="G86" s="29"/>
+      <c r="H86" s="29"/>
+      <c r="I86" s="42"/>
+      <c r="J86" s="7"/>
+    </row>
+    <row r="87" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="29"/>
+      <c r="B87" s="119" t="s">
+        <v>147</v>
+      </c>
+      <c r="C87" s="120"/>
+      <c r="D87" s="120"/>
+      <c r="E87" s="121"/>
+      <c r="F87" s="122" t="s">
+        <v>148</v>
+      </c>
+      <c r="G87" s="123"/>
+      <c r="H87" s="124"/>
+      <c r="I87" s="125"/>
+      <c r="J87" s="7"/>
+    </row>
+    <row r="88" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="29"/>
+      <c r="B88" s="13" t="s">
+        <v>149</v>
+      </c>
+      <c r="C88" s="120" t="s">
+        <v>150</v>
+      </c>
+      <c r="D88" s="14"/>
+      <c r="E88" s="121"/>
+      <c r="F88" s="126" t="s">
+        <v>151</v>
+      </c>
+      <c r="G88" s="127"/>
+      <c r="H88" s="124"/>
+      <c r="I88" s="125"/>
+      <c r="J88" s="7"/>
+    </row>
+    <row r="89" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="29"/>
+      <c r="B89" s="13" t="s">
+        <v>152</v>
+      </c>
+      <c r="C89" s="120"/>
+      <c r="D89" s="120"/>
+      <c r="E89" s="121"/>
+      <c r="F89" s="126" t="s">
+        <v>153</v>
+      </c>
+      <c r="G89" s="127"/>
+      <c r="H89" s="124"/>
+      <c r="I89" s="125"/>
+      <c r="J89" s="7"/>
+    </row>
+    <row r="90" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="29"/>
+      <c r="B90" s="119" t="s">
+        <v>154</v>
+      </c>
+      <c r="C90" s="120"/>
+      <c r="D90" s="120"/>
+      <c r="E90" s="121"/>
+      <c r="F90" s="126" t="s">
+        <v>155</v>
+      </c>
+      <c r="G90" s="127"/>
+      <c r="H90" s="124"/>
+      <c r="I90" s="125"/>
+      <c r="J90" s="7"/>
+    </row>
+    <row r="91" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="29"/>
+      <c r="B91" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="C91" s="16"/>
+      <c r="D91" s="17"/>
+      <c r="E91" s="121"/>
+      <c r="F91" s="126" t="s">
+        <v>157</v>
+      </c>
+      <c r="G91" s="127"/>
+      <c r="H91" s="124"/>
+      <c r="I91" s="125"/>
+      <c r="J91" s="7"/>
+    </row>
+    <row r="92" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="29"/>
+      <c r="B92" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="C92" s="16"/>
+      <c r="D92" s="17"/>
+      <c r="E92" s="121"/>
+      <c r="F92" s="126" t="s">
+        <v>159</v>
+      </c>
+      <c r="G92" s="127"/>
+      <c r="H92" s="124"/>
+      <c r="I92" s="125"/>
+      <c r="J92" s="7"/>
+    </row>
+    <row r="93" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="29"/>
+      <c r="B93" s="15" t="s">
+        <v>160</v>
+      </c>
+      <c r="C93" s="16"/>
+      <c r="D93" s="17"/>
+      <c r="E93" s="121"/>
+      <c r="F93" s="126" t="s">
+        <v>161</v>
+      </c>
+      <c r="G93" s="127"/>
+      <c r="H93" s="124"/>
+      <c r="I93" s="125"/>
+      <c r="J93" s="7"/>
+    </row>
+    <row r="94" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="29"/>
+      <c r="B94" s="18" t="s">
+        <v>162</v>
+      </c>
+      <c r="C94" s="19"/>
+      <c r="D94" s="20"/>
+      <c r="E94" s="121"/>
+      <c r="F94" s="126" t="s">
+        <v>163</v>
+      </c>
+      <c r="G94" s="127"/>
+      <c r="H94" s="124"/>
+      <c r="I94" s="125"/>
+      <c r="J94" s="7"/>
+    </row>
+    <row r="95" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="29"/>
+      <c r="B95" s="21"/>
+      <c r="C95" s="8"/>
+      <c r="D95" s="22"/>
+      <c r="E95" s="121"/>
+      <c r="F95" s="126" t="s">
+        <v>164</v>
+      </c>
+      <c r="G95" s="127"/>
+      <c r="H95" s="124"/>
+      <c r="I95" s="125"/>
+      <c r="J95" s="7"/>
+    </row>
+    <row r="96" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="29"/>
+      <c r="B96" s="21"/>
+      <c r="C96" s="8"/>
+      <c r="D96" s="22"/>
+      <c r="E96" s="121"/>
+      <c r="F96" s="126" t="s">
+        <v>165</v>
+      </c>
+      <c r="G96" s="124"/>
+      <c r="H96" s="124"/>
+      <c r="I96" s="125"/>
+      <c r="J96" s="7"/>
+    </row>
+    <row r="97" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="29"/>
+      <c r="B97" s="23"/>
+      <c r="C97" s="24"/>
+      <c r="D97" s="25"/>
+      <c r="E97" s="121"/>
+      <c r="F97" s="126" t="s">
+        <v>166</v>
+      </c>
+      <c r="G97" s="127"/>
+      <c r="H97" s="124"/>
+      <c r="I97" s="125"/>
+      <c r="J97" s="7"/>
+    </row>
+    <row r="98" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="29"/>
+      <c r="B98" s="26" t="s">
         <v>167</v>
       </c>
-      <c r="G74" s="25">
-[...406 lines deleted...]
-    <row r="112" spans="2:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c r="C98" s="27"/>
+      <c r="D98" s="28"/>
+      <c r="E98" s="128"/>
+      <c r="F98" s="129"/>
+      <c r="G98" s="129"/>
+      <c r="H98" s="130"/>
+      <c r="I98" s="131"/>
+      <c r="J98" s="7"/>
+    </row>
+    <row r="99" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I99" s="4"/>
+    </row>
+    <row r="100" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I100" s="4"/>
+    </row>
+    <row r="101" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I101" s="4"/>
+    </row>
+    <row r="102" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I102" s="4"/>
+    </row>
+    <row r="103" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I103" s="4"/>
+    </row>
+    <row r="104" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I104" s="4"/>
+    </row>
+    <row r="105" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I105" s="4"/>
+    </row>
+    <row r="106" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I106" s="4"/>
+    </row>
+    <row r="107" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I107" s="4"/>
+    </row>
+    <row r="108" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I108" s="4"/>
+    </row>
+    <row r="109" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="110" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="111" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="112" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="113" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="114" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="115" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="116" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="117" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="118" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="119" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="120" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="121" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="122" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="123" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="124" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="125" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="126" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="127" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="128" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="129" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="130" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="131" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="132" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="133" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="134" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="135" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="136" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="137" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -4343,51 +4509,51 @@
     <row r="274" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="275" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="276" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="277" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="278" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="279" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="280" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="281" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="282" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="283" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="284" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="285" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="286" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="287" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="288" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="289" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="290" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="291" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="292" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="293" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="294" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="295" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="296" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="297" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="298" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="299" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="299" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="300" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="301" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="302" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="303" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="304" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="305" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="306" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="307" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="308" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="309" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="310" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="311" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="312" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="313" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="314" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="315" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="316" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="317" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="318" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="319" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="320" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="321" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="322" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="323" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="324" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -5044,63 +5210,62 @@
     <row r="975" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="976" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="977" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="978" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="979" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="980" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="981" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="982" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="983" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="984" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="985" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="986" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="987" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="988" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="989" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="990" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="991" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="992" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="993" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="994" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="995" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="996" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="997" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="998" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="999" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="1000" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="O3NnMZcVDEfwmK/jSRRxtjay1JvftO0cHLzcVX+0d91947F8QzLsks6ZjxMaoNcE5q0Wzmm2rtbHrmvMp12wQg==" saltValue="VpDDhCKFfZL5Mepz//sRWQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="ndSLTedWtP3Q0qup8K2TMH5ZCAZ4s+WOSDzpXpv7HZv7uV/L0Yxep9xRqzT0Qr8AzebJoGTJLLnbDaXAUqWv9Q==" saltValue="j7EYy0+iE3vDG0c2ZDpYxg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="9">
-    <mergeCell ref="B95:D98"/>
-    <mergeCell ref="B99:D99"/>
+    <mergeCell ref="B94:D97"/>
+    <mergeCell ref="B98:D98"/>
     <mergeCell ref="B7:I7"/>
     <mergeCell ref="B8:I8"/>
     <mergeCell ref="B10:I10"/>
     <mergeCell ref="B80:I80"/>
+    <mergeCell ref="B91:D91"/>
     <mergeCell ref="B92:D92"/>
     <mergeCell ref="B93:D93"/>
-    <mergeCell ref="B94:D94"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G3" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="9" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>