--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -1,80 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="21029"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Ayu\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Latte\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0FBCCA09-6B7B-4F3F-BE92-070AF4FE2C7F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{499111FD-F91C-4619-8FF9-38E553E14A66}" xr6:coauthVersionLast="40" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="21840" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Online Order Form" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="NamedRange1">'Online Order Form'!$A$1:$I$78</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
-    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
-[...9 lines deleted...]
-    </ext>
     <ext uri="GoogleSheetsCustomDataVersion2">
       <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId5" roundtripDataChecksum="U297/yaeeLg4jxUuPK7oI8GxyYseZpCYTZcLcrt4y9E="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C81" i="1" l="1"/>
   <c r="I78" i="1"/>
   <c r="E78" i="1"/>
   <c r="I77" i="1"/>
   <c r="E77" i="1"/>
   <c r="I76" i="1"/>
   <c r="E76" i="1"/>
   <c r="I75" i="1"/>
   <c r="E75" i="1"/>
   <c r="I74" i="1"/>
   <c r="E74" i="1"/>
   <c r="I73" i="1"/>
   <c r="E73" i="1"/>
   <c r="I72" i="1"/>
   <c r="E72" i="1"/>
   <c r="I71" i="1"/>
@@ -193,53 +182,50 @@
   <c r="E84" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="168">
   <si>
     <t>Contact :</t>
   </si>
   <si>
     <t>sales@nyonyacolors.com</t>
   </si>
   <si>
     <t>Tel:   03-7728 2288</t>
   </si>
   <si>
     <t>Quality Nyonya Kueh and Delights</t>
   </si>
   <si>
     <t>ORDER FORM</t>
   </si>
   <si>
     <t>H/P:  012-515 8822</t>
   </si>
   <si>
-    <t>● Delivery hours - 9.00am to 5.00pm.    ● Minimum order is RM200 for free delivery.</t>
-[...1 lines deleted...]
-  <si>
     <t>● Delivery service is available only for certain locations in PJ and central KL. Please call to confirm if delivery is available.</t>
   </si>
   <si>
     <t>● Please allow at least 24 hours notice for delivery of your order. For shorter notice, please call to check if delivery is possible.</t>
   </si>
   <si>
     <t>● Order is only valid when we have confirmed it with you. If you have not received confirmation, please contact us to enquire.</t>
   </si>
   <si>
     <t>INSTRUCTION</t>
   </si>
   <si>
     <t>Type in your order quantity in pink boxes (total count and value will be generated automatically) and delivery details.</t>
   </si>
   <si>
     <t xml:space="preserve">Price </t>
   </si>
   <si>
     <t>Qty</t>
   </si>
   <si>
     <t xml:space="preserve">Total </t>
   </si>
   <si>
     <t>KUEH</t>
@@ -677,61 +663,64 @@
     <t>● We reserve the right to decline the orders received.</t>
   </si>
   <si>
     <t xml:space="preserve">Company Name : </t>
   </si>
   <si>
     <t>● Cancellation of order will not be accepted once we have confirmed it with you.</t>
   </si>
   <si>
     <t xml:space="preserve">Address : </t>
   </si>
   <si>
     <t>● Prices are subject to change unless customer order has been confirmed by us.</t>
   </si>
   <si>
     <t>● We reserve the right to amend all terms and conditions without prior notice.</t>
   </si>
   <si>
     <t>● All prices are subject to 6% Service Tax.</t>
   </si>
   <si>
     <t>Please do not hesitate to contact us should you require any clarification.</t>
   </si>
   <si>
     <t xml:space="preserve">Useful landmarks : </t>
+  </si>
+  <si>
+    <t xml:space="preserve">● Delivery hours - 9.00am to 5.00pm.  </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@"/>
     <numFmt numFmtId="165" formatCode="#,##0.00;\(#,##0.00\)"/>
   </numFmts>
-  <fonts count="22" x14ac:knownFonts="1">
+  <fonts count="22">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
@@ -1522,151 +1511,90 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="132">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="15" fillId="2" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
-[...41 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1"/>
-[...3 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -1735,53 +1663,50 @@
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="15" fillId="2" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="37" fontId="15" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="15" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
@@ -1799,50 +1724,114 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFCC00FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
@@ -2072,3190 +2061,3190 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales.nyonya@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:Z999"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A53" workbookViewId="0">
-      <selection activeCell="L90" sqref="L90"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="H19" sqref="H19"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.5703125" customWidth="1"/>
     <col min="2" max="2" width="36.140625" customWidth="1"/>
     <col min="3" max="3" width="8.5703125" customWidth="1"/>
     <col min="4" max="4" width="8.7109375" customWidth="1"/>
     <col min="5" max="5" width="10.5703125" customWidth="1"/>
     <col min="6" max="6" width="34.5703125" customWidth="1"/>
     <col min="7" max="7" width="8.5703125" customWidth="1"/>
     <col min="8" max="8" width="8.7109375" customWidth="1"/>
     <col min="9" max="9" width="10.5703125" customWidth="1"/>
     <col min="10" max="10" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="I1" s="29"/>
+    <row r="1" spans="1:10" ht="17.25" customHeight="1">
+      <c r="A1" s="14"/>
+      <c r="B1" s="14"/>
+      <c r="C1" s="14"/>
+      <c r="D1" s="14"/>
+      <c r="E1" s="14"/>
+      <c r="F1" s="14"/>
+      <c r="G1" s="14"/>
+      <c r="H1" s="14"/>
+      <c r="I1" s="14"/>
       <c r="J1" s="7"/>
     </row>
-    <row r="2" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="I2" s="29"/>
+    <row r="2" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A2" s="14"/>
+      <c r="B2" s="14"/>
+      <c r="C2" s="14"/>
+      <c r="D2" s="14"/>
+      <c r="E2" s="14"/>
+      <c r="F2" s="14"/>
+      <c r="G2" s="14"/>
+      <c r="H2" s="14"/>
+      <c r="I2" s="14"/>
       <c r="J2" s="7"/>
     </row>
-    <row r="3" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="G3" s="31" t="s">
+    <row r="3" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A3" s="14"/>
+      <c r="B3" s="14"/>
+      <c r="C3" s="14"/>
+      <c r="D3" s="14"/>
+      <c r="E3" s="14"/>
+      <c r="F3" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="G3" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="H3" s="29"/>
-      <c r="I3" s="29"/>
+      <c r="H3" s="14"/>
+      <c r="I3" s="14"/>
       <c r="J3" s="7"/>
     </row>
-    <row r="4" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G4" s="32" t="s">
+    <row r="4" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A4" s="14"/>
+      <c r="B4" s="14"/>
+      <c r="C4" s="14"/>
+      <c r="D4" s="14"/>
+      <c r="E4" s="14"/>
+      <c r="F4" s="14"/>
+      <c r="G4" s="17" t="s">
         <v>2</v>
       </c>
-      <c r="H4" s="29"/>
-      <c r="I4" s="29"/>
+      <c r="H4" s="14"/>
+      <c r="I4" s="14"/>
       <c r="J4" s="7"/>
     </row>
-    <row r="5" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B5" s="33" t="s">
+    <row r="5" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A5" s="14"/>
+      <c r="B5" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="C5" s="29"/>
-[...1 lines deleted...]
-      <c r="E5" s="34" t="s">
+      <c r="C5" s="14"/>
+      <c r="D5" s="14"/>
+      <c r="E5" s="19" t="s">
         <v>4</v>
       </c>
-      <c r="F5" s="29"/>
-      <c r="G5" s="32" t="s">
+      <c r="F5" s="14"/>
+      <c r="G5" s="17" t="s">
         <v>5</v>
       </c>
-      <c r="H5" s="29"/>
-      <c r="I5" s="29"/>
+      <c r="H5" s="14"/>
+      <c r="I5" s="14"/>
       <c r="J5" s="7"/>
     </row>
-    <row r="6" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="I6" s="29"/>
+    <row r="6" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A6" s="14"/>
+      <c r="B6" s="14"/>
+      <c r="C6" s="14"/>
+      <c r="D6" s="14"/>
+      <c r="E6" s="14"/>
+      <c r="F6" s="14"/>
+      <c r="G6" s="14"/>
+      <c r="H6" s="14"/>
+      <c r="I6" s="14"/>
       <c r="J6" s="7"/>
     </row>
-    <row r="7" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B7" s="35" t="s">
+    <row r="7" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A7" s="14"/>
+      <c r="B7" s="117" t="s">
+        <v>167</v>
+      </c>
+      <c r="C7" s="118"/>
+      <c r="D7" s="118"/>
+      <c r="E7" s="118"/>
+      <c r="F7" s="118"/>
+      <c r="G7" s="118"/>
+      <c r="H7" s="118"/>
+      <c r="I7" s="119"/>
+      <c r="J7" s="7"/>
+    </row>
+    <row r="8" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A8" s="14"/>
+      <c r="B8" s="120" t="s">
         <v>6</v>
       </c>
-      <c r="C7" s="36"/>
-[...10 lines deleted...]
-      <c r="B8" s="38" t="s">
+      <c r="C8" s="121"/>
+      <c r="D8" s="121"/>
+      <c r="E8" s="121"/>
+      <c r="F8" s="121"/>
+      <c r="G8" s="121"/>
+      <c r="H8" s="121"/>
+      <c r="I8" s="122"/>
+      <c r="J8" s="7"/>
+    </row>
+    <row r="9" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A9" s="14"/>
+      <c r="B9" s="20" t="s">
         <v>7</v>
       </c>
-      <c r="C8" s="39"/>
-[...10 lines deleted...]
-      <c r="B9" s="41" t="s">
+      <c r="C9" s="14"/>
+      <c r="D9" s="14"/>
+      <c r="E9" s="14"/>
+      <c r="F9" s="14"/>
+      <c r="G9" s="14"/>
+      <c r="H9" s="14"/>
+      <c r="I9" s="21"/>
+      <c r="J9" s="7"/>
+    </row>
+    <row r="10" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A10" s="14"/>
+      <c r="B10" s="123" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="29"/>
-[...10 lines deleted...]
-      <c r="B10" s="43" t="s">
+      <c r="C10" s="124"/>
+      <c r="D10" s="124"/>
+      <c r="E10" s="124"/>
+      <c r="F10" s="124"/>
+      <c r="G10" s="124"/>
+      <c r="H10" s="124"/>
+      <c r="I10" s="125"/>
+      <c r="J10" s="7"/>
+    </row>
+    <row r="11" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A11" s="14"/>
+      <c r="B11" s="22"/>
+      <c r="C11" s="14"/>
+      <c r="D11" s="23" t="s">
         <v>9</v>
       </c>
-      <c r="C10" s="44"/>
-[...12 lines deleted...]
-      <c r="D11" s="47" t="s">
+      <c r="E11" s="14"/>
+      <c r="F11" s="14"/>
+      <c r="G11" s="14"/>
+      <c r="H11" s="14"/>
+      <c r="I11" s="24"/>
+      <c r="J11" s="7"/>
+    </row>
+    <row r="12" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A12" s="14"/>
+      <c r="B12" s="25" t="s">
         <v>10</v>
       </c>
-      <c r="E11" s="29"/>
-[...8 lines deleted...]
-      <c r="B12" s="49" t="s">
+      <c r="C12" s="26"/>
+      <c r="D12" s="26"/>
+      <c r="E12" s="27"/>
+      <c r="F12" s="27"/>
+      <c r="G12" s="27"/>
+      <c r="H12" s="28"/>
+      <c r="I12" s="28"/>
+      <c r="J12" s="7"/>
+    </row>
+    <row r="13" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A13" s="14"/>
+      <c r="B13" s="29"/>
+      <c r="C13" s="30" t="s">
         <v>11</v>
       </c>
-      <c r="C12" s="50"/>
-[...11 lines deleted...]
-      <c r="C13" s="54" t="s">
+      <c r="D13" s="30" t="s">
         <v>12</v>
       </c>
-      <c r="D13" s="54" t="s">
+      <c r="E13" s="31" t="s">
         <v>13</v>
       </c>
-      <c r="E13" s="55" t="s">
+      <c r="F13" s="32"/>
+      <c r="G13" s="30" t="s">
+        <v>11</v>
+      </c>
+      <c r="H13" s="30" t="s">
+        <v>12</v>
+      </c>
+      <c r="I13" s="31" t="s">
+        <v>13</v>
+      </c>
+      <c r="J13" s="7"/>
+    </row>
+    <row r="14" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A14" s="14"/>
+      <c r="B14" s="33" t="s">
         <v>14</v>
       </c>
-      <c r="F13" s="56"/>
-[...13 lines deleted...]
-      <c r="B14" s="57" t="s">
+      <c r="C14" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="C14" s="58" t="s">
+      <c r="D14" s="24"/>
+      <c r="E14" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="F14" s="36" t="s">
         <v>16</v>
       </c>
-      <c r="D14" s="48"/>
-[...3 lines deleted...]
-      <c r="F14" s="60" t="s">
+      <c r="G14" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" s="24"/>
+      <c r="I14" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="J14" s="7"/>
+    </row>
+    <row r="15" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A15" s="14"/>
+      <c r="B15" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="G14" s="58" t="s">
-[...10 lines deleted...]
-      <c r="B15" s="61" t="s">
+      <c r="C15" s="38">
+        <v>1.4</v>
+      </c>
+      <c r="D15" s="8"/>
+      <c r="E15" s="39">
+        <f t="shared" ref="E15:E78" si="0">C15*D15</f>
+        <v>0</v>
+      </c>
+      <c r="F15" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="C15" s="62">
+      <c r="G15" s="40">
+        <v>3.6</v>
+      </c>
+      <c r="H15" s="8"/>
+      <c r="I15" s="41">
+        <f t="shared" ref="I15:I36" si="1">G15*H15</f>
+        <v>0</v>
+      </c>
+      <c r="J15" s="7"/>
+    </row>
+    <row r="16" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A16" s="14"/>
+      <c r="B16" s="37" t="s">
+        <v>19</v>
+      </c>
+      <c r="C16" s="38">
+        <v>1.5</v>
+      </c>
+      <c r="D16" s="8"/>
+      <c r="E16" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F16" s="42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" s="40">
+        <v>2.4500000000000002</v>
+      </c>
+      <c r="H16" s="8"/>
+      <c r="I16" s="41">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J16" s="7"/>
+    </row>
+    <row r="17" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A17" s="14"/>
+      <c r="B17" s="37" t="s">
+        <v>21</v>
+      </c>
+      <c r="C17" s="38">
+        <v>1.5</v>
+      </c>
+      <c r="D17" s="8"/>
+      <c r="E17" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F17" s="37" t="s">
+        <v>22</v>
+      </c>
+      <c r="G17" s="40">
+        <v>2</v>
+      </c>
+      <c r="H17" s="8"/>
+      <c r="I17" s="41">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J17" s="7"/>
+    </row>
+    <row r="18" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A18" s="14"/>
+      <c r="B18" s="37" t="s">
+        <v>23</v>
+      </c>
+      <c r="C18" s="38">
+        <v>1.3</v>
+      </c>
+      <c r="D18" s="8"/>
+      <c r="E18" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F18" s="37" t="s">
+        <v>24</v>
+      </c>
+      <c r="G18" s="40">
+        <v>1.8</v>
+      </c>
+      <c r="H18" s="8"/>
+      <c r="I18" s="43">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J18" s="7"/>
+    </row>
+    <row r="19" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A19" s="14"/>
+      <c r="B19" s="37" t="s">
+        <v>25</v>
+      </c>
+      <c r="C19" s="38">
         <v>1.4</v>
       </c>
-      <c r="D15" s="9"/>
-[...7 lines deleted...]
-      <c r="G15" s="64">
+      <c r="D19" s="8"/>
+      <c r="E19" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F19" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="G19" s="40">
+        <v>2.1</v>
+      </c>
+      <c r="H19" s="8"/>
+      <c r="I19" s="43">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J19" s="7"/>
+    </row>
+    <row r="20" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A20" s="14"/>
+      <c r="B20" s="37" t="s">
+        <v>27</v>
+      </c>
+      <c r="C20" s="38">
+        <v>1.3</v>
+      </c>
+      <c r="D20" s="8"/>
+      <c r="E20" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F20" s="37" t="s">
+        <v>28</v>
+      </c>
+      <c r="G20" s="40">
+        <v>6.4</v>
+      </c>
+      <c r="H20" s="8"/>
+      <c r="I20" s="43">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J20" s="7"/>
+    </row>
+    <row r="21" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A21" s="14"/>
+      <c r="B21" s="37" t="s">
+        <v>29</v>
+      </c>
+      <c r="C21" s="38">
+        <v>1.5</v>
+      </c>
+      <c r="D21" s="8"/>
+      <c r="E21" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F21" s="37" t="s">
+        <v>30</v>
+      </c>
+      <c r="G21" s="40">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="H21" s="8"/>
+      <c r="I21" s="43">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J21" s="7"/>
+    </row>
+    <row r="22" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A22" s="14"/>
+      <c r="B22" s="37" t="s">
+        <v>31</v>
+      </c>
+      <c r="C22" s="38">
+        <v>1.4</v>
+      </c>
+      <c r="D22" s="8"/>
+      <c r="E22" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F22" s="37" t="s">
+        <v>32</v>
+      </c>
+      <c r="G22" s="44">
+        <v>3.3</v>
+      </c>
+      <c r="H22" s="9"/>
+      <c r="I22" s="45">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="7"/>
+    </row>
+    <row r="23" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A23" s="14"/>
+      <c r="B23" s="37" t="s">
+        <v>33</v>
+      </c>
+      <c r="C23" s="38">
+        <v>1.6</v>
+      </c>
+      <c r="D23" s="8"/>
+      <c r="E23" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F23" s="46" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" s="47">
+        <v>3.85</v>
+      </c>
+      <c r="H23" s="8"/>
+      <c r="I23" s="41">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="7"/>
+    </row>
+    <row r="24" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A24" s="14"/>
+      <c r="B24" s="37" t="s">
+        <v>35</v>
+      </c>
+      <c r="C24" s="38">
+        <v>1.6</v>
+      </c>
+      <c r="D24" s="8"/>
+      <c r="E24" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F24" s="37" t="s">
+        <v>36</v>
+      </c>
+      <c r="G24" s="40">
+        <v>3.4</v>
+      </c>
+      <c r="H24" s="8"/>
+      <c r="I24" s="41">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J24" s="7"/>
+    </row>
+    <row r="25" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A25" s="14"/>
+      <c r="B25" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="C25" s="38">
+        <v>1.6</v>
+      </c>
+      <c r="D25" s="8"/>
+      <c r="E25" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F25" s="37" t="s">
+        <v>38</v>
+      </c>
+      <c r="G25" s="40">
+        <v>4.2</v>
+      </c>
+      <c r="H25" s="8"/>
+      <c r="I25" s="41">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="7"/>
+    </row>
+    <row r="26" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A26" s="14"/>
+      <c r="B26" s="37" t="s">
+        <v>39</v>
+      </c>
+      <c r="C26" s="38">
+        <v>4.2</v>
+      </c>
+      <c r="D26" s="8"/>
+      <c r="E26" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F26" s="37" t="s">
+        <v>40</v>
+      </c>
+      <c r="G26" s="40">
+        <v>5.4</v>
+      </c>
+      <c r="H26" s="8"/>
+      <c r="I26" s="41">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="7"/>
+    </row>
+    <row r="27" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A27" s="14"/>
+      <c r="B27" s="37" t="s">
+        <v>41</v>
+      </c>
+      <c r="C27" s="38">
+        <v>1.6</v>
+      </c>
+      <c r="D27" s="8"/>
+      <c r="E27" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F27" s="37" t="s">
+        <v>42</v>
+      </c>
+      <c r="G27" s="40">
+        <v>5.8000000000000007</v>
+      </c>
+      <c r="H27" s="8"/>
+      <c r="I27" s="41">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="7"/>
+    </row>
+    <row r="28" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A28" s="14"/>
+      <c r="B28" s="37" t="s">
+        <v>43</v>
+      </c>
+      <c r="C28" s="38">
+        <v>1.7</v>
+      </c>
+      <c r="D28" s="8"/>
+      <c r="E28" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F28" s="37" t="s">
+        <v>44</v>
+      </c>
+      <c r="G28" s="40">
+        <v>4.8000000000000007</v>
+      </c>
+      <c r="H28" s="8"/>
+      <c r="I28" s="41">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="7"/>
+    </row>
+    <row r="29" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A29" s="14"/>
+      <c r="B29" s="37" t="s">
+        <v>45</v>
+      </c>
+      <c r="C29" s="38">
+        <v>1.6</v>
+      </c>
+      <c r="D29" s="8"/>
+      <c r="E29" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F29" s="48" t="s">
+        <v>46</v>
+      </c>
+      <c r="G29" s="49">
+        <v>2.15</v>
+      </c>
+      <c r="H29" s="9"/>
+      <c r="I29" s="41">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J29" s="7"/>
+    </row>
+    <row r="30" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A30" s="14"/>
+      <c r="B30" s="37" t="s">
+        <v>47</v>
+      </c>
+      <c r="C30" s="38">
+        <v>3.1</v>
+      </c>
+      <c r="D30" s="8"/>
+      <c r="E30" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F30" s="50" t="s">
+        <v>48</v>
+      </c>
+      <c r="G30" s="51">
+        <v>1.95</v>
+      </c>
+      <c r="H30" s="8"/>
+      <c r="I30" s="41">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J30" s="7"/>
+    </row>
+    <row r="31" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A31" s="14"/>
+      <c r="B31" s="37" t="s">
+        <v>49</v>
+      </c>
+      <c r="C31" s="38">
+        <v>3.2</v>
+      </c>
+      <c r="D31" s="8"/>
+      <c r="E31" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F31" s="50" t="s">
+        <v>50</v>
+      </c>
+      <c r="G31" s="52">
+        <v>1.95</v>
+      </c>
+      <c r="H31" s="8"/>
+      <c r="I31" s="41">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="7"/>
+    </row>
+    <row r="32" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A32" s="14"/>
+      <c r="B32" s="37" t="s">
+        <v>51</v>
+      </c>
+      <c r="C32" s="38">
+        <v>1.8</v>
+      </c>
+      <c r="D32" s="8"/>
+      <c r="E32" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F32" s="53" t="s">
+        <v>52</v>
+      </c>
+      <c r="G32" s="54">
+        <v>2</v>
+      </c>
+      <c r="H32" s="8"/>
+      <c r="I32" s="41">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J32" s="7"/>
+    </row>
+    <row r="33" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A33" s="14"/>
+      <c r="B33" s="37" t="s">
+        <v>53</v>
+      </c>
+      <c r="C33" s="38">
+        <v>1.8</v>
+      </c>
+      <c r="D33" s="8"/>
+      <c r="E33" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F33" s="37" t="s">
+        <v>54</v>
+      </c>
+      <c r="G33" s="40">
+        <v>2.1</v>
+      </c>
+      <c r="H33" s="8"/>
+      <c r="I33" s="41">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J33" s="7"/>
+    </row>
+    <row r="34" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A34" s="14"/>
+      <c r="B34" s="37" t="s">
+        <v>55</v>
+      </c>
+      <c r="C34" s="38">
+        <v>1.8</v>
+      </c>
+      <c r="D34" s="8"/>
+      <c r="E34" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F34" s="37" t="s">
+        <v>56</v>
+      </c>
+      <c r="G34" s="40">
+        <v>5.2</v>
+      </c>
+      <c r="H34" s="8"/>
+      <c r="I34" s="41">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J34" s="7"/>
+    </row>
+    <row r="35" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A35" s="14"/>
+      <c r="B35" s="37" t="s">
+        <v>57</v>
+      </c>
+      <c r="C35" s="38">
+        <v>1.6</v>
+      </c>
+      <c r="D35" s="8"/>
+      <c r="E35" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F35" s="37" t="s">
+        <v>58</v>
+      </c>
+      <c r="G35" s="40">
+        <v>6.6000000000000005</v>
+      </c>
+      <c r="H35" s="8"/>
+      <c r="I35" s="41">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J35" s="7"/>
+    </row>
+    <row r="36" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A36" s="14"/>
+      <c r="B36" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="C36" s="38">
+        <v>3.9</v>
+      </c>
+      <c r="D36" s="8"/>
+      <c r="E36" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F36" s="50"/>
+      <c r="G36" s="52"/>
+      <c r="H36" s="9"/>
+      <c r="I36" s="43">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J36" s="7"/>
+    </row>
+    <row r="37" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A37" s="14"/>
+      <c r="B37" s="37" t="s">
+        <v>60</v>
+      </c>
+      <c r="C37" s="38">
+        <v>3.9</v>
+      </c>
+      <c r="D37" s="8"/>
+      <c r="E37" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F37" s="55" t="s">
+        <v>61</v>
+      </c>
+      <c r="G37" s="14"/>
+      <c r="H37" s="56"/>
+      <c r="I37" s="45"/>
+      <c r="J37" s="7"/>
+    </row>
+    <row r="38" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A38" s="14"/>
+      <c r="B38" s="37" t="s">
+        <v>62</v>
+      </c>
+      <c r="C38" s="38">
+        <v>3.85</v>
+      </c>
+      <c r="D38" s="8"/>
+      <c r="E38" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F38" s="57" t="s">
+        <v>63</v>
+      </c>
+      <c r="G38" s="40">
+        <v>17.95</v>
+      </c>
+      <c r="H38" s="8"/>
+      <c r="I38" s="43">
+        <f t="shared" ref="I38:I67" si="2">G38*H38</f>
+        <v>0</v>
+      </c>
+      <c r="J38" s="7"/>
+    </row>
+    <row r="39" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A39" s="14"/>
+      <c r="B39" s="37" t="s">
+        <v>64</v>
+      </c>
+      <c r="C39" s="38">
         <v>3.6</v>
       </c>
-      <c r="H15" s="9"/>
-[...19 lines deleted...]
-      <c r="F16" s="66" t="s">
+      <c r="D39" s="8"/>
+      <c r="E39" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F39" s="58" t="s">
+        <v>65</v>
+      </c>
+      <c r="G39" s="40">
+        <v>10.8</v>
+      </c>
+      <c r="H39" s="8"/>
+      <c r="I39" s="41">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="J39" s="7"/>
+    </row>
+    <row r="40" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A40" s="14"/>
+      <c r="B40" s="37" t="s">
+        <v>66</v>
+      </c>
+      <c r="C40" s="38">
+        <v>3.6</v>
+      </c>
+      <c r="D40" s="8"/>
+      <c r="E40" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F40" s="57" t="s">
+        <v>67</v>
+      </c>
+      <c r="G40" s="40">
+        <v>9.85</v>
+      </c>
+      <c r="H40" s="8"/>
+      <c r="I40" s="41">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="J40" s="7"/>
+    </row>
+    <row r="41" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A41" s="14"/>
+      <c r="B41" s="37" t="s">
+        <v>68</v>
+      </c>
+      <c r="C41" s="38">
+        <v>2</v>
+      </c>
+      <c r="D41" s="8"/>
+      <c r="E41" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F41" s="57" t="s">
+        <v>69</v>
+      </c>
+      <c r="G41" s="40">
+        <v>9.85</v>
+      </c>
+      <c r="H41" s="8"/>
+      <c r="I41" s="41">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="J41" s="7"/>
+    </row>
+    <row r="42" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A42" s="14"/>
+      <c r="B42" s="37" t="s">
+        <v>70</v>
+      </c>
+      <c r="C42" s="38">
+        <v>1.6</v>
+      </c>
+      <c r="D42" s="8"/>
+      <c r="E42" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F42" s="57" t="s">
+        <v>71</v>
+      </c>
+      <c r="G42" s="40">
+        <v>17.95</v>
+      </c>
+      <c r="H42" s="8"/>
+      <c r="I42" s="41">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="J42" s="7"/>
+    </row>
+    <row r="43" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A43" s="14"/>
+      <c r="B43" s="37" t="s">
+        <v>72</v>
+      </c>
+      <c r="C43" s="38">
+        <v>1.6</v>
+      </c>
+      <c r="D43" s="8"/>
+      <c r="E43" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F43" s="57" t="s">
+        <v>73</v>
+      </c>
+      <c r="G43" s="40">
+        <v>9.5500000000000007</v>
+      </c>
+      <c r="H43" s="8"/>
+      <c r="I43" s="41">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="J43" s="7"/>
+    </row>
+    <row r="44" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A44" s="14"/>
+      <c r="B44" s="37" t="s">
+        <v>74</v>
+      </c>
+      <c r="C44" s="38">
+        <v>1.6500000000000001</v>
+      </c>
+      <c r="D44" s="8"/>
+      <c r="E44" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F44" s="57" t="s">
+        <v>75</v>
+      </c>
+      <c r="G44" s="40">
+        <v>17.95</v>
+      </c>
+      <c r="H44" s="8"/>
+      <c r="I44" s="41">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="J44" s="7"/>
+    </row>
+    <row r="45" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A45" s="14"/>
+      <c r="B45" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="C45" s="38">
+        <v>1.6</v>
+      </c>
+      <c r="D45" s="8"/>
+      <c r="E45" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F45" s="57" t="s">
+        <v>77</v>
+      </c>
+      <c r="G45" s="40">
+        <v>11.7</v>
+      </c>
+      <c r="H45" s="8"/>
+      <c r="I45" s="41">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="J45" s="7"/>
+    </row>
+    <row r="46" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A46" s="14"/>
+      <c r="B46" s="37" t="s">
+        <v>78</v>
+      </c>
+      <c r="C46" s="38">
+        <v>1.6500000000000001</v>
+      </c>
+      <c r="D46" s="8"/>
+      <c r="E46" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F46" s="57" t="s">
+        <v>79</v>
+      </c>
+      <c r="G46" s="40">
+        <v>17.95</v>
+      </c>
+      <c r="H46" s="8"/>
+      <c r="I46" s="41">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="J46" s="7"/>
+    </row>
+    <row r="47" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A47" s="14"/>
+      <c r="B47" s="37" t="s">
+        <v>80</v>
+      </c>
+      <c r="C47" s="38">
+        <v>1.75</v>
+      </c>
+      <c r="D47" s="8"/>
+      <c r="E47" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F47" s="57" t="s">
+        <v>81</v>
+      </c>
+      <c r="G47" s="40">
+        <v>28.1</v>
+      </c>
+      <c r="H47" s="8"/>
+      <c r="I47" s="41">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="J47" s="7"/>
+    </row>
+    <row r="48" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A48" s="14"/>
+      <c r="B48" s="37" t="s">
+        <v>82</v>
+      </c>
+      <c r="C48" s="38">
+        <v>1.75</v>
+      </c>
+      <c r="D48" s="8"/>
+      <c r="E48" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F48" s="57" t="s">
+        <v>83</v>
+      </c>
+      <c r="G48" s="40">
+        <v>25.85</v>
+      </c>
+      <c r="H48" s="8"/>
+      <c r="I48" s="41">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="J48" s="7"/>
+    </row>
+    <row r="49" spans="1:26" ht="14.25" customHeight="1">
+      <c r="A49" s="14"/>
+      <c r="B49" s="37" t="s">
+        <v>84</v>
+      </c>
+      <c r="C49" s="38">
+        <v>4.6500000000000004</v>
+      </c>
+      <c r="D49" s="8"/>
+      <c r="E49" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F49" s="57" t="s">
+        <v>85</v>
+      </c>
+      <c r="G49" s="40">
+        <v>26.05</v>
+      </c>
+      <c r="H49" s="8"/>
+      <c r="I49" s="41">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="J49" s="7"/>
+    </row>
+    <row r="50" spans="1:26" ht="14.25" customHeight="1">
+      <c r="A50" s="14"/>
+      <c r="B50" s="37" t="s">
+        <v>86</v>
+      </c>
+      <c r="C50" s="38">
+        <v>1.8</v>
+      </c>
+      <c r="D50" s="8"/>
+      <c r="E50" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F50" s="57" t="s">
+        <v>87</v>
+      </c>
+      <c r="G50" s="40">
+        <v>24.85</v>
+      </c>
+      <c r="H50" s="8"/>
+      <c r="I50" s="41">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="J50" s="7"/>
+    </row>
+    <row r="51" spans="1:26" ht="14.25" customHeight="1">
+      <c r="A51" s="14"/>
+      <c r="B51" s="37" t="s">
+        <v>88</v>
+      </c>
+      <c r="C51" s="38">
+        <v>1.8</v>
+      </c>
+      <c r="D51" s="8"/>
+      <c r="E51" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F51" s="57" t="s">
+        <v>89</v>
+      </c>
+      <c r="G51" s="40">
+        <v>17.95</v>
+      </c>
+      <c r="H51" s="8"/>
+      <c r="I51" s="41">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="J51" s="7"/>
+    </row>
+    <row r="52" spans="1:26" ht="14.25" customHeight="1">
+      <c r="A52" s="14"/>
+      <c r="B52" s="37" t="s">
+        <v>90</v>
+      </c>
+      <c r="C52" s="38">
+        <v>1.8</v>
+      </c>
+      <c r="D52" s="8"/>
+      <c r="E52" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F52" s="57" t="s">
+        <v>91</v>
+      </c>
+      <c r="G52" s="40">
         <v>21</v>
       </c>
-      <c r="G16" s="64">
-[...562 lines deleted...]
-      <c r="G38" s="64">
+      <c r="H52" s="8"/>
+      <c r="I52" s="41">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="J52" s="7"/>
+    </row>
+    <row r="53" spans="1:26" ht="14.25" customHeight="1">
+      <c r="A53" s="14"/>
+      <c r="B53" s="37" t="s">
+        <v>92</v>
+      </c>
+      <c r="C53" s="38">
+        <v>3.6</v>
+      </c>
+      <c r="D53" s="8"/>
+      <c r="E53" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F53" s="57" t="s">
+        <v>93</v>
+      </c>
+      <c r="G53" s="40">
         <v>17.95</v>
       </c>
-      <c r="H38" s="9"/>
-[...26 lines deleted...]
-      <c r="I39" s="65">
+      <c r="H53" s="8"/>
+      <c r="I53" s="41">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J39" s="7"/>
-[...69 lines deleted...]
-      <c r="G42" s="64">
+      <c r="J53" s="7"/>
+    </row>
+    <row r="54" spans="1:26" ht="14.25" customHeight="1">
+      <c r="A54" s="14"/>
+      <c r="B54" s="37" t="s">
+        <v>94</v>
+      </c>
+      <c r="C54" s="38">
+        <v>1.65</v>
+      </c>
+      <c r="D54" s="8"/>
+      <c r="E54" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F54" s="57" t="s">
+        <v>95</v>
+      </c>
+      <c r="G54" s="40">
         <v>17.95</v>
       </c>
-      <c r="H42" s="9"/>
-[...312 lines deleted...]
-      <c r="I54" s="65">
+      <c r="H54" s="8"/>
+      <c r="I54" s="41">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J54" s="7"/>
       <c r="K54" s="2"/>
       <c r="L54" s="3"/>
     </row>
-    <row r="55" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B55" s="61" t="s">
+    <row r="55" spans="1:26" ht="14.25" customHeight="1">
+      <c r="A55" s="14"/>
+      <c r="B55" s="37" t="s">
+        <v>96</v>
+      </c>
+      <c r="C55" s="38">
+        <v>2.4</v>
+      </c>
+      <c r="D55" s="8"/>
+      <c r="E55" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F55" s="57" t="s">
         <v>97</v>
       </c>
-      <c r="C55" s="62">
-[...7 lines deleted...]
-      <c r="F55" s="81" t="s">
+      <c r="G55" s="40">
+        <v>5.15</v>
+      </c>
+      <c r="H55" s="8"/>
+      <c r="I55" s="41">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="J55" s="7"/>
+    </row>
+    <row r="56" spans="1:26" ht="14.25" customHeight="1">
+      <c r="A56" s="59"/>
+      <c r="B56" s="37" t="s">
         <v>98</v>
       </c>
-      <c r="G55" s="64">
-[...3 lines deleted...]
-      <c r="I55" s="65">
+      <c r="C56" s="38">
+        <v>1.9500000000000002</v>
+      </c>
+      <c r="D56" s="8"/>
+      <c r="E56" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F56" s="57" t="s">
+        <v>99</v>
+      </c>
+      <c r="G56" s="40">
+        <v>17.95</v>
+      </c>
+      <c r="H56" s="8"/>
+      <c r="I56" s="41">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J55" s="7"/>
-[...25 lines deleted...]
-      <c r="J56" s="11"/>
+      <c r="J56" s="10"/>
       <c r="K56" s="4"/>
       <c r="L56" s="4"/>
       <c r="M56" s="4"/>
       <c r="N56" s="4"/>
       <c r="O56" s="4"/>
       <c r="P56" s="4"/>
       <c r="Q56" s="4"/>
       <c r="R56" s="4"/>
       <c r="S56" s="4"/>
       <c r="T56" s="4"/>
       <c r="U56" s="4"/>
       <c r="V56" s="4"/>
       <c r="W56" s="4"/>
       <c r="X56" s="4"/>
       <c r="Y56" s="4"/>
       <c r="Z56" s="4"/>
     </row>
-    <row r="57" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B57" s="61" t="s">
+    <row r="57" spans="1:26" ht="14.25" customHeight="1">
+      <c r="A57" s="59"/>
+      <c r="B57" s="37" t="s">
+        <v>100</v>
+      </c>
+      <c r="C57" s="38">
+        <v>1.95</v>
+      </c>
+      <c r="D57" s="8"/>
+      <c r="E57" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F57" s="57" t="s">
         <v>101</v>
       </c>
-      <c r="C57" s="62">
-[...10 lines deleted...]
-      <c r="G57" s="64">
+      <c r="G57" s="40">
         <v>17.95</v>
       </c>
-      <c r="H57" s="9"/>
-      <c r="I57" s="65">
+      <c r="H57" s="8"/>
+      <c r="I57" s="41">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J57" s="11"/>
+      <c r="J57" s="10"/>
       <c r="K57" s="4"/>
       <c r="L57" s="4"/>
       <c r="M57" s="4"/>
       <c r="N57" s="4"/>
       <c r="O57" s="4"/>
       <c r="P57" s="4"/>
       <c r="Q57" s="4"/>
       <c r="R57" s="4"/>
       <c r="S57" s="4"/>
       <c r="T57" s="4"/>
       <c r="U57" s="4"/>
       <c r="V57" s="4"/>
       <c r="W57" s="4"/>
       <c r="X57" s="4"/>
       <c r="Y57" s="4"/>
       <c r="Z57" s="4"/>
     </row>
-    <row r="58" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B58" s="61" t="s">
+    <row r="58" spans="1:26" ht="14.25" customHeight="1">
+      <c r="A58" s="14"/>
+      <c r="B58" s="37" t="s">
+        <v>102</v>
+      </c>
+      <c r="C58" s="38">
+        <v>1.7000000000000002</v>
+      </c>
+      <c r="D58" s="8"/>
+      <c r="E58" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F58" s="57" t="s">
         <v>103</v>
       </c>
-      <c r="C58" s="62">
-[...7 lines deleted...]
-      <c r="F58" s="81" t="s">
+      <c r="G58" s="40">
+        <v>21</v>
+      </c>
+      <c r="H58" s="8"/>
+      <c r="I58" s="41">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="J58" s="7"/>
+    </row>
+    <row r="59" spans="1:26" ht="14.25" customHeight="1">
+      <c r="A59" s="14"/>
+      <c r="B59" s="37" t="s">
         <v>104</v>
       </c>
-      <c r="G58" s="64">
-[...3 lines deleted...]
-      <c r="I58" s="65">
+      <c r="C59" s="38">
+        <v>3.75</v>
+      </c>
+      <c r="D59" s="8"/>
+      <c r="E59" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F59" s="57" t="s">
+        <v>105</v>
+      </c>
+      <c r="G59" s="40">
+        <v>17.95</v>
+      </c>
+      <c r="H59" s="8"/>
+      <c r="I59" s="41">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J58" s="7"/>
-[...14 lines deleted...]
-      <c r="F59" s="81" t="s">
+      <c r="J59" s="7"/>
+    </row>
+    <row r="60" spans="1:26" ht="14.25" customHeight="1">
+      <c r="A60" s="14"/>
+      <c r="B60" s="37" t="s">
         <v>106</v>
       </c>
-      <c r="G59" s="64">
+      <c r="C60" s="38">
+        <v>1.6</v>
+      </c>
+      <c r="D60" s="8"/>
+      <c r="E60" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F60" s="57" t="s">
+        <v>107</v>
+      </c>
+      <c r="G60" s="40">
         <v>17.95</v>
       </c>
-      <c r="H59" s="9"/>
-[...26 lines deleted...]
-      <c r="I60" s="65">
+      <c r="H60" s="8"/>
+      <c r="I60" s="41">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J60" s="7"/>
       <c r="L60" s="1"/>
       <c r="M60" s="3"/>
     </row>
-    <row r="61" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B61" s="61" t="s">
+    <row r="61" spans="1:26" ht="14.25" customHeight="1">
+      <c r="A61" s="14"/>
+      <c r="B61" s="37" t="s">
+        <v>108</v>
+      </c>
+      <c r="C61" s="38">
+        <v>1.6</v>
+      </c>
+      <c r="D61" s="8"/>
+      <c r="E61" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F61" s="57" t="s">
         <v>109</v>
       </c>
-      <c r="C61" s="62">
+      <c r="G61" s="40">
+        <v>5.15</v>
+      </c>
+      <c r="H61" s="8"/>
+      <c r="I61" s="41">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="J61" s="7"/>
+    </row>
+    <row r="62" spans="1:26" ht="14.25" customHeight="1">
+      <c r="A62" s="14"/>
+      <c r="B62" s="37" t="s">
+        <v>110</v>
+      </c>
+      <c r="C62" s="38">
         <v>1.6</v>
       </c>
-      <c r="D61" s="9"/>
-[...11 lines deleted...]
-      <c r="I61" s="65">
+      <c r="D62" s="8"/>
+      <c r="E62" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F62" s="57" t="s">
+        <v>111</v>
+      </c>
+      <c r="G62" s="40">
+        <v>17.95</v>
+      </c>
+      <c r="H62" s="8"/>
+      <c r="I62" s="41">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J61" s="7"/>
-[...6 lines deleted...]
-      <c r="C62" s="62">
+      <c r="J62" s="7"/>
+    </row>
+    <row r="63" spans="1:26" ht="14.25" customHeight="1">
+      <c r="A63" s="14"/>
+      <c r="B63" s="37" t="s">
+        <v>112</v>
+      </c>
+      <c r="C63" s="38">
         <v>1.6</v>
       </c>
-      <c r="D62" s="9"/>
-[...7 lines deleted...]
-      <c r="G62" s="64">
+      <c r="D63" s="8"/>
+      <c r="E63" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F63" s="57" t="s">
+        <v>113</v>
+      </c>
+      <c r="G63" s="40">
         <v>17.95</v>
       </c>
-      <c r="H62" s="9"/>
-      <c r="I62" s="65">
+      <c r="H63" s="8"/>
+      <c r="I63" s="41">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J62" s="7"/>
-[...14 lines deleted...]
-      <c r="F63" s="81" t="s">
+      <c r="J63" s="7"/>
+    </row>
+    <row r="64" spans="1:26" ht="14.25" customHeight="1">
+      <c r="A64" s="14"/>
+      <c r="B64" s="37" t="s">
         <v>114</v>
       </c>
-      <c r="G63" s="64">
-[...3 lines deleted...]
-      <c r="I63" s="65">
+      <c r="C64" s="38">
+        <v>1.7</v>
+      </c>
+      <c r="D64" s="8"/>
+      <c r="E64" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F64" s="57" t="s">
+        <v>115</v>
+      </c>
+      <c r="G64" s="40">
+        <v>5.65</v>
+      </c>
+      <c r="H64" s="8"/>
+      <c r="I64" s="43">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J63" s="7"/>
-[...14 lines deleted...]
-      <c r="F64" s="81" t="s">
+      <c r="J64" s="7"/>
+    </row>
+    <row r="65" spans="1:11" ht="14.25" customHeight="1">
+      <c r="A65" s="14"/>
+      <c r="B65" s="37" t="s">
         <v>116</v>
       </c>
-      <c r="G64" s="64">
-[...3 lines deleted...]
-      <c r="I64" s="67">
+      <c r="C65" s="38">
+        <v>1.75</v>
+      </c>
+      <c r="D65" s="8"/>
+      <c r="E65" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F65" s="60" t="s">
+        <v>117</v>
+      </c>
+      <c r="G65" s="40">
+        <v>10.8</v>
+      </c>
+      <c r="H65" s="8"/>
+      <c r="I65" s="43">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J64" s="7"/>
-[...6 lines deleted...]
-      <c r="C65" s="62">
+      <c r="J65" s="7"/>
+    </row>
+    <row r="66" spans="1:11" ht="14.25" customHeight="1">
+      <c r="A66" s="14"/>
+      <c r="B66" s="37" t="s">
+        <v>118</v>
+      </c>
+      <c r="C66" s="38">
         <v>1.75</v>
       </c>
-      <c r="D65" s="9"/>
-[...19 lines deleted...]
-      <c r="B66" s="61" t="s">
+      <c r="D66" s="8"/>
+      <c r="E66" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F66" s="60" t="s">
         <v>119</v>
       </c>
-      <c r="C66" s="62">
-[...10 lines deleted...]
-      <c r="G66" s="64">
+      <c r="G66" s="40">
         <v>13.4</v>
       </c>
-      <c r="H66" s="12"/>
-      <c r="I66" s="67">
+      <c r="H66" s="11"/>
+      <c r="I66" s="43">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J66" s="7"/>
       <c r="K66" s="5"/>
     </row>
-    <row r="67" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B67" s="61" t="s">
+    <row r="67" spans="1:11" ht="14.25" customHeight="1">
+      <c r="A67" s="14"/>
+      <c r="B67" s="37" t="s">
+        <v>120</v>
+      </c>
+      <c r="C67" s="38">
+        <v>3.95</v>
+      </c>
+      <c r="D67" s="8"/>
+      <c r="E67" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F67" s="61" t="s">
         <v>121</v>
       </c>
-      <c r="C67" s="62">
-[...7 lines deleted...]
-      <c r="F67" s="85" t="s">
+      <c r="G67" s="62">
+        <v>7.8</v>
+      </c>
+      <c r="H67" s="8"/>
+      <c r="I67" s="63">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="J67" s="7"/>
+    </row>
+    <row r="68" spans="1:11" ht="14.25" customHeight="1">
+      <c r="A68" s="14"/>
+      <c r="B68" s="37" t="s">
         <v>122</v>
       </c>
-      <c r="G67" s="86">
-[...11 lines deleted...]
-      <c r="B68" s="61" t="s">
+      <c r="C68" s="38">
+        <v>1.6</v>
+      </c>
+      <c r="D68" s="8"/>
+      <c r="E68" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F68" s="64"/>
+      <c r="G68" s="65"/>
+      <c r="H68" s="8"/>
+      <c r="I68" s="63"/>
+      <c r="J68" s="7"/>
+    </row>
+    <row r="69" spans="1:11" ht="14.25" customHeight="1">
+      <c r="A69" s="14"/>
+      <c r="B69" s="37" t="s">
         <v>123</v>
       </c>
-      <c r="C68" s="62">
+      <c r="C69" s="38">
         <v>1.6</v>
       </c>
-      <c r="D68" s="9"/>
-[...12 lines deleted...]
-      <c r="B69" s="61" t="s">
+      <c r="D69" s="8"/>
+      <c r="E69" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F69" s="55" t="s">
         <v>124</v>
       </c>
-      <c r="C69" s="62">
-[...12 lines deleted...]
-      <c r="I69" s="87"/>
+      <c r="G69" s="14"/>
+      <c r="H69" s="66"/>
+      <c r="I69" s="63"/>
       <c r="J69" s="7"/>
       <c r="K69" s="6"/>
     </row>
-    <row r="70" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B70" s="61" t="s">
+    <row r="70" spans="1:11" ht="14.25" customHeight="1">
+      <c r="A70" s="14"/>
+      <c r="B70" s="37" t="s">
+        <v>125</v>
+      </c>
+      <c r="C70" s="38">
+        <v>1.6</v>
+      </c>
+      <c r="D70" s="8"/>
+      <c r="E70" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F70" s="67" t="s">
         <v>126</v>
       </c>
-      <c r="C70" s="62">
-[...10 lines deleted...]
-      <c r="G70" s="64">
+      <c r="G70" s="40">
         <v>6.3</v>
       </c>
-      <c r="H70" s="9"/>
-      <c r="I70" s="65">
+      <c r="H70" s="8"/>
+      <c r="I70" s="41">
         <f t="shared" ref="I70:I78" si="3">G70*H70</f>
         <v>0</v>
       </c>
       <c r="J70" s="7"/>
       <c r="K70" s="6"/>
     </row>
-    <row r="71" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B71" s="61" t="s">
+    <row r="71" spans="1:11" ht="14.25" customHeight="1">
+      <c r="A71" s="14"/>
+      <c r="B71" s="37" t="s">
+        <v>127</v>
+      </c>
+      <c r="C71" s="38">
+        <v>1.6</v>
+      </c>
+      <c r="D71" s="8"/>
+      <c r="E71" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F71" s="67" t="s">
         <v>128</v>
       </c>
-      <c r="C71" s="62">
-[...10 lines deleted...]
-      <c r="G71" s="64">
+      <c r="G71" s="40">
         <v>6.3</v>
       </c>
-      <c r="H71" s="9"/>
-      <c r="I71" s="65">
+      <c r="H71" s="8"/>
+      <c r="I71" s="41">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J71" s="7"/>
       <c r="K71" s="6"/>
     </row>
-    <row r="72" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B72" s="61" t="s">
+    <row r="72" spans="1:11" ht="14.25" customHeight="1">
+      <c r="A72" s="14"/>
+      <c r="B72" s="37" t="s">
+        <v>129</v>
+      </c>
+      <c r="C72" s="38">
+        <v>1.6</v>
+      </c>
+      <c r="D72" s="8"/>
+      <c r="E72" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F72" s="67" t="s">
         <v>130</v>
       </c>
-      <c r="C72" s="62">
+      <c r="G72" s="40">
+        <v>6.3</v>
+      </c>
+      <c r="H72" s="8"/>
+      <c r="I72" s="41">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="J72" s="10"/>
+      <c r="K72" s="6"/>
+    </row>
+    <row r="73" spans="1:11" ht="14.25" customHeight="1">
+      <c r="A73" s="14"/>
+      <c r="B73" s="37" t="s">
+        <v>131</v>
+      </c>
+      <c r="C73" s="38">
         <v>1.6</v>
       </c>
-      <c r="D72" s="9"/>
-[...7 lines deleted...]
-      <c r="G72" s="64">
+      <c r="D73" s="8"/>
+      <c r="E73" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F73" s="67" t="s">
+        <v>106</v>
+      </c>
+      <c r="G73" s="40">
         <v>6.3</v>
       </c>
-      <c r="H72" s="9"/>
-[...27 lines deleted...]
-      <c r="I73" s="65">
+      <c r="H73" s="8"/>
+      <c r="I73" s="41">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J73" s="7"/>
       <c r="K73" s="6"/>
     </row>
-    <row r="74" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B74" s="61" t="s">
+    <row r="74" spans="1:11" ht="14.25" customHeight="1">
+      <c r="A74" s="14"/>
+      <c r="B74" s="37" t="s">
+        <v>132</v>
+      </c>
+      <c r="C74" s="38">
+        <v>1.6</v>
+      </c>
+      <c r="D74" s="8"/>
+      <c r="E74" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F74" s="67" t="s">
         <v>133</v>
       </c>
-      <c r="C74" s="62">
-[...10 lines deleted...]
-      <c r="G74" s="64">
+      <c r="G74" s="40">
         <v>6.3</v>
       </c>
-      <c r="H74" s="9"/>
-      <c r="I74" s="65">
+      <c r="H74" s="8"/>
+      <c r="I74" s="41">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J74" s="7"/>
       <c r="K74" s="5"/>
     </row>
-    <row r="75" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B75" s="61" t="s">
+    <row r="75" spans="1:11" ht="14.25" customHeight="1">
+      <c r="A75" s="14"/>
+      <c r="B75" s="37" t="s">
+        <v>134</v>
+      </c>
+      <c r="C75" s="38">
+        <v>1.6</v>
+      </c>
+      <c r="D75" s="8"/>
+      <c r="E75" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F75" s="67" t="s">
         <v>135</v>
       </c>
-      <c r="C75" s="62">
-[...10 lines deleted...]
-      <c r="G75" s="64">
+      <c r="G75" s="40">
         <v>6.3</v>
       </c>
-      <c r="H75" s="9"/>
-      <c r="I75" s="65">
+      <c r="H75" s="8"/>
+      <c r="I75" s="41">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J75" s="7"/>
       <c r="K75" s="5"/>
     </row>
-    <row r="76" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B76" s="61" t="s">
+    <row r="76" spans="1:11" ht="14.25" customHeight="1">
+      <c r="A76" s="14"/>
+      <c r="B76" s="37" t="s">
+        <v>136</v>
+      </c>
+      <c r="C76" s="38">
+        <v>1.6</v>
+      </c>
+      <c r="D76" s="8"/>
+      <c r="E76" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F76" s="67"/>
+      <c r="G76" s="40"/>
+      <c r="H76" s="8"/>
+      <c r="I76" s="41">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="J76" s="7"/>
+    </row>
+    <row r="77" spans="1:11" ht="14.25" customHeight="1">
+      <c r="A77" s="14"/>
+      <c r="B77" s="37" t="s">
         <v>137</v>
       </c>
-      <c r="C76" s="62">
-[...10 lines deleted...]
-      <c r="I76" s="65">
+      <c r="C77" s="38">
+        <v>1.7</v>
+      </c>
+      <c r="D77" s="8"/>
+      <c r="E77" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F77" s="67"/>
+      <c r="G77" s="40"/>
+      <c r="H77" s="8"/>
+      <c r="I77" s="41">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="J76" s="7"/>
-[...3 lines deleted...]
-      <c r="B77" s="61" t="s">
+      <c r="J77" s="7"/>
+    </row>
+    <row r="78" spans="1:11" ht="14.25" customHeight="1">
+      <c r="A78" s="14"/>
+      <c r="B78" s="37" t="s">
         <v>138</v>
       </c>
-      <c r="C77" s="62">
+      <c r="C78" s="38">
         <v>1.7</v>
       </c>
-      <c r="D77" s="9"/>
-[...7 lines deleted...]
-      <c r="I77" s="65">
+      <c r="D78" s="8"/>
+      <c r="E78" s="39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F78" s="67"/>
+      <c r="G78" s="40"/>
+      <c r="H78" s="8"/>
+      <c r="I78" s="43">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="J77" s="7"/>
-[...3 lines deleted...]
-      <c r="B78" s="61" t="s">
+      <c r="J78" s="7"/>
+    </row>
+    <row r="79" spans="1:11" ht="7.5" customHeight="1">
+      <c r="A79" s="14"/>
+      <c r="B79" s="68"/>
+      <c r="C79" s="69"/>
+      <c r="D79" s="69"/>
+      <c r="E79" s="69"/>
+      <c r="F79" s="69"/>
+      <c r="G79" s="69"/>
+      <c r="H79" s="70"/>
+      <c r="I79" s="71"/>
+      <c r="J79" s="7"/>
+    </row>
+    <row r="80" spans="1:11" ht="14.25" customHeight="1">
+      <c r="A80" s="14"/>
+      <c r="B80" s="126"/>
+      <c r="C80" s="127"/>
+      <c r="D80" s="127"/>
+      <c r="E80" s="127"/>
+      <c r="F80" s="127"/>
+      <c r="G80" s="127"/>
+      <c r="H80" s="127"/>
+      <c r="I80" s="128"/>
+      <c r="J80" s="7"/>
+    </row>
+    <row r="81" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A81" s="14"/>
+      <c r="B81" s="72" t="s">
         <v>139</v>
       </c>
-      <c r="C78" s="62">
-[...42 lines deleted...]
-      <c r="B81" s="99" t="s">
+      <c r="C81" s="73">
+        <f>SUM(D15:D78)+SUM(H15:H78)</f>
+        <v>0</v>
+      </c>
+      <c r="D81" s="74"/>
+      <c r="E81" s="75"/>
+      <c r="F81" s="75"/>
+      <c r="G81" s="76"/>
+      <c r="H81" s="76"/>
+      <c r="I81" s="77"/>
+      <c r="J81" s="7"/>
+    </row>
+    <row r="82" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A82" s="14"/>
+      <c r="B82" s="78" t="s">
         <v>140</v>
       </c>
-      <c r="C81" s="100">
-[...13 lines deleted...]
-      <c r="B82" s="105" t="s">
+      <c r="C82" s="76"/>
+      <c r="D82" s="75" t="s">
         <v>141</v>
       </c>
-      <c r="C82" s="103"/>
-      <c r="D82" s="102" t="s">
+      <c r="E82" s="79">
+        <f>MROUND(SUM(E15:E78)+SUM(I15:I78),0.05)</f>
+        <v>0</v>
+      </c>
+      <c r="F82" s="80"/>
+      <c r="G82" s="76"/>
+      <c r="H82" s="76"/>
+      <c r="I82" s="77"/>
+      <c r="J82" s="7"/>
+    </row>
+    <row r="83" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A83" s="14"/>
+      <c r="B83" s="81" t="s">
         <v>142</v>
       </c>
-      <c r="E82" s="106">
-[...11 lines deleted...]
-      <c r="B83" s="108" t="s">
+      <c r="C83" s="82"/>
+      <c r="D83" s="83"/>
+      <c r="E83" s="79">
+        <f>E82*0.06</f>
+        <v>0</v>
+      </c>
+      <c r="F83" s="84" t="s">
         <v>143</v>
       </c>
-      <c r="C83" s="109"/>
-[...5 lines deleted...]
-      <c r="F83" s="111" t="s">
+      <c r="G83" s="82"/>
+      <c r="H83" s="82"/>
+      <c r="I83" s="85"/>
+      <c r="J83" s="7"/>
+    </row>
+    <row r="84" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A84" s="14"/>
+      <c r="B84" s="81" t="s">
         <v>144</v>
       </c>
-      <c r="G83" s="109"/>
-[...6 lines deleted...]
-      <c r="B84" s="108" t="s">
+      <c r="C84" s="86"/>
+      <c r="D84" s="86"/>
+      <c r="E84" s="79">
+        <f>MROUND(E82+E83,0.05)</f>
+        <v>0</v>
+      </c>
+      <c r="F84" s="87" t="s">
         <v>145</v>
       </c>
-      <c r="C84" s="113"/>
-[...5 lines deleted...]
-      <c r="F84" s="114" t="s">
+      <c r="G84" s="82"/>
+      <c r="H84" s="82"/>
+      <c r="I84" s="85"/>
+      <c r="J84" s="7"/>
+    </row>
+    <row r="85" spans="1:10" ht="6" customHeight="1">
+      <c r="A85" s="14"/>
+      <c r="B85" s="88"/>
+      <c r="C85" s="89"/>
+      <c r="D85" s="89"/>
+      <c r="E85" s="89"/>
+      <c r="F85" s="89"/>
+      <c r="G85" s="89"/>
+      <c r="H85" s="89"/>
+      <c r="I85" s="90"/>
+      <c r="J85" s="7"/>
+    </row>
+    <row r="86" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A86" s="14"/>
+      <c r="B86" s="22"/>
+      <c r="C86" s="59"/>
+      <c r="D86" s="59"/>
+      <c r="E86" s="91"/>
+      <c r="F86" s="14"/>
+      <c r="G86" s="14"/>
+      <c r="H86" s="14"/>
+      <c r="I86" s="21"/>
+      <c r="J86" s="7"/>
+    </row>
+    <row r="87" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A87" s="14"/>
+      <c r="B87" s="92" t="s">
         <v>146</v>
       </c>
-      <c r="G84" s="109"/>
-[...30 lines deleted...]
-      <c r="B87" s="119" t="s">
+      <c r="C87" s="93"/>
+      <c r="D87" s="93"/>
+      <c r="E87" s="94"/>
+      <c r="F87" s="95" t="s">
         <v>147</v>
       </c>
-      <c r="C87" s="120"/>
-[...2 lines deleted...]
-      <c r="F87" s="122" t="s">
+      <c r="G87" s="96"/>
+      <c r="H87" s="97"/>
+      <c r="I87" s="98"/>
+      <c r="J87" s="7"/>
+    </row>
+    <row r="88" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A88" s="14"/>
+      <c r="B88" s="12" t="s">
         <v>148</v>
       </c>
-      <c r="G87" s="123"/>
-[...6 lines deleted...]
-      <c r="B88" s="13" t="s">
+      <c r="C88" s="93" t="s">
         <v>149</v>
       </c>
-      <c r="C88" s="120" t="s">
+      <c r="D88" s="13"/>
+      <c r="E88" s="94"/>
+      <c r="F88" s="99" t="s">
         <v>150</v>
       </c>
-      <c r="D88" s="14"/>
-[...1 lines deleted...]
-      <c r="F88" s="126" t="s">
+      <c r="G88" s="100"/>
+      <c r="H88" s="97"/>
+      <c r="I88" s="98"/>
+      <c r="J88" s="7"/>
+    </row>
+    <row r="89" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A89" s="14"/>
+      <c r="B89" s="12" t="s">
         <v>151</v>
       </c>
-      <c r="G88" s="127"/>
-[...6 lines deleted...]
-      <c r="B89" s="13" t="s">
+      <c r="C89" s="93"/>
+      <c r="D89" s="93"/>
+      <c r="E89" s="94"/>
+      <c r="F89" s="99" t="s">
         <v>152</v>
       </c>
-      <c r="C89" s="120"/>
-[...2 lines deleted...]
-      <c r="F89" s="126" t="s">
+      <c r="G89" s="100"/>
+      <c r="H89" s="97"/>
+      <c r="I89" s="98"/>
+      <c r="J89" s="7"/>
+    </row>
+    <row r="90" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A90" s="14"/>
+      <c r="B90" s="92" t="s">
         <v>153</v>
       </c>
-      <c r="G89" s="127"/>
-[...6 lines deleted...]
-      <c r="B90" s="119" t="s">
+      <c r="C90" s="93"/>
+      <c r="D90" s="93"/>
+      <c r="E90" s="94"/>
+      <c r="F90" s="99" t="s">
         <v>154</v>
       </c>
-      <c r="C90" s="120"/>
-[...2 lines deleted...]
-      <c r="F90" s="126" t="s">
+      <c r="G90" s="100"/>
+      <c r="H90" s="97"/>
+      <c r="I90" s="98"/>
+      <c r="J90" s="7"/>
+    </row>
+    <row r="91" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A91" s="14"/>
+      <c r="B91" s="129" t="s">
         <v>155</v>
       </c>
-      <c r="G90" s="127"/>
-[...6 lines deleted...]
-      <c r="B91" s="15" t="s">
+      <c r="C91" s="130"/>
+      <c r="D91" s="131"/>
+      <c r="E91" s="94"/>
+      <c r="F91" s="99" t="s">
         <v>156</v>
       </c>
-      <c r="C91" s="16"/>
-[...2 lines deleted...]
-      <c r="F91" s="126" t="s">
+      <c r="G91" s="100"/>
+      <c r="H91" s="97"/>
+      <c r="I91" s="98"/>
+      <c r="J91" s="7"/>
+    </row>
+    <row r="92" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A92" s="14"/>
+      <c r="B92" s="129" t="s">
         <v>157</v>
       </c>
-      <c r="G91" s="127"/>
-[...6 lines deleted...]
-      <c r="B92" s="15" t="s">
+      <c r="C92" s="130"/>
+      <c r="D92" s="131"/>
+      <c r="E92" s="94"/>
+      <c r="F92" s="99" t="s">
         <v>158</v>
       </c>
-      <c r="C92" s="16"/>
-[...2 lines deleted...]
-      <c r="F92" s="126" t="s">
+      <c r="G92" s="100"/>
+      <c r="H92" s="97"/>
+      <c r="I92" s="98"/>
+      <c r="J92" s="7"/>
+    </row>
+    <row r="93" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A93" s="14"/>
+      <c r="B93" s="129" t="s">
         <v>159</v>
       </c>
-      <c r="G92" s="127"/>
-[...6 lines deleted...]
-      <c r="B93" s="15" t="s">
+      <c r="C93" s="130"/>
+      <c r="D93" s="131"/>
+      <c r="E93" s="94"/>
+      <c r="F93" s="99" t="s">
         <v>160</v>
       </c>
-      <c r="C93" s="16"/>
-[...2 lines deleted...]
-      <c r="F93" s="126" t="s">
+      <c r="G93" s="100"/>
+      <c r="H93" s="97"/>
+      <c r="I93" s="98"/>
+      <c r="J93" s="7"/>
+    </row>
+    <row r="94" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A94" s="14"/>
+      <c r="B94" s="105" t="s">
         <v>161</v>
       </c>
-      <c r="G93" s="127"/>
-[...6 lines deleted...]
-      <c r="B94" s="18" t="s">
+      <c r="C94" s="106"/>
+      <c r="D94" s="107"/>
+      <c r="E94" s="94"/>
+      <c r="F94" s="99" t="s">
         <v>162</v>
       </c>
-      <c r="C94" s="19"/>
-[...2 lines deleted...]
-      <c r="F94" s="126" t="s">
+      <c r="G94" s="100"/>
+      <c r="H94" s="97"/>
+      <c r="I94" s="98"/>
+      <c r="J94" s="7"/>
+    </row>
+    <row r="95" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A95" s="14"/>
+      <c r="B95" s="108"/>
+      <c r="C95" s="109"/>
+      <c r="D95" s="110"/>
+      <c r="E95" s="94"/>
+      <c r="F95" s="99" t="s">
         <v>163</v>
       </c>
-      <c r="G94" s="127"/>
-[...10 lines deleted...]
-      <c r="F95" s="126" t="s">
+      <c r="G95" s="100"/>
+      <c r="H95" s="97"/>
+      <c r="I95" s="98"/>
+      <c r="J95" s="7"/>
+    </row>
+    <row r="96" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A96" s="14"/>
+      <c r="B96" s="108"/>
+      <c r="C96" s="109"/>
+      <c r="D96" s="110"/>
+      <c r="E96" s="94"/>
+      <c r="F96" s="99" t="s">
         <v>164</v>
       </c>
-      <c r="G95" s="127"/>
-[...10 lines deleted...]
-      <c r="F96" s="126" t="s">
+      <c r="G96" s="97"/>
+      <c r="H96" s="97"/>
+      <c r="I96" s="98"/>
+      <c r="J96" s="7"/>
+    </row>
+    <row r="97" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A97" s="14"/>
+      <c r="B97" s="111"/>
+      <c r="C97" s="112"/>
+      <c r="D97" s="113"/>
+      <c r="E97" s="94"/>
+      <c r="F97" s="99" t="s">
         <v>165</v>
       </c>
-      <c r="G96" s="124"/>
-[...10 lines deleted...]
-      <c r="F97" s="126" t="s">
+      <c r="G97" s="100"/>
+      <c r="H97" s="97"/>
+      <c r="I97" s="98"/>
+      <c r="J97" s="7"/>
+    </row>
+    <row r="98" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A98" s="14"/>
+      <c r="B98" s="114" t="s">
         <v>166</v>
       </c>
-      <c r="G97" s="127"/>
-[...15 lines deleted...]
-      <c r="I98" s="131"/>
+      <c r="C98" s="115"/>
+      <c r="D98" s="116"/>
+      <c r="E98" s="101"/>
+      <c r="F98" s="102"/>
+      <c r="G98" s="102"/>
+      <c r="H98" s="103"/>
+      <c r="I98" s="104"/>
       <c r="J98" s="7"/>
     </row>
-    <row r="99" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:10" ht="14.25" customHeight="1">
       <c r="I99" s="4"/>
     </row>
-    <row r="100" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:10" ht="14.25" customHeight="1">
       <c r="I100" s="4"/>
     </row>
-    <row r="101" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:10" ht="14.25" customHeight="1">
       <c r="I101" s="4"/>
     </row>
-    <row r="102" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:10" ht="14.25" customHeight="1">
       <c r="I102" s="4"/>
     </row>
-    <row r="103" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:10" ht="14.25" customHeight="1">
       <c r="I103" s="4"/>
     </row>
-    <row r="104" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:10" ht="14.25" customHeight="1">
       <c r="I104" s="4"/>
     </row>
-    <row r="105" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:10" ht="14.25" customHeight="1">
       <c r="I105" s="4"/>
     </row>
-    <row r="106" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:10" ht="14.25" customHeight="1">
       <c r="I106" s="4"/>
     </row>
-    <row r="107" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:10" ht="14.25" customHeight="1">
       <c r="I107" s="4"/>
     </row>
-    <row r="108" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:10" ht="14.25" customHeight="1">
       <c r="I108" s="4"/>
     </row>
-    <row r="109" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
-[...889 lines deleted...]
-    <row r="999" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="109" spans="1:10" ht="14.25" customHeight="1"/>
+    <row r="110" spans="1:10" ht="14.25" customHeight="1"/>
+    <row r="111" spans="1:10" ht="14.25" customHeight="1"/>
+    <row r="112" spans="1:10" ht="14.25" customHeight="1"/>
+    <row r="113" ht="14.25" customHeight="1"/>
+    <row r="114" ht="14.25" customHeight="1"/>
+    <row r="115" ht="14.25" customHeight="1"/>
+    <row r="116" ht="14.25" customHeight="1"/>
+    <row r="117" ht="14.25" customHeight="1"/>
+    <row r="118" ht="14.25" customHeight="1"/>
+    <row r="119" ht="14.25" customHeight="1"/>
+    <row r="120" ht="14.25" customHeight="1"/>
+    <row r="121" ht="14.25" customHeight="1"/>
+    <row r="122" ht="14.25" customHeight="1"/>
+    <row r="123" ht="14.25" customHeight="1"/>
+    <row r="124" ht="14.25" customHeight="1"/>
+    <row r="125" ht="14.25" customHeight="1"/>
+    <row r="126" ht="14.25" customHeight="1"/>
+    <row r="127" ht="14.25" customHeight="1"/>
+    <row r="128" ht="14.25" customHeight="1"/>
+    <row r="129" ht="14.25" customHeight="1"/>
+    <row r="130" ht="14.25" customHeight="1"/>
+    <row r="131" ht="14.25" customHeight="1"/>
+    <row r="132" ht="14.25" customHeight="1"/>
+    <row r="133" ht="14.25" customHeight="1"/>
+    <row r="134" ht="14.25" customHeight="1"/>
+    <row r="135" ht="14.25" customHeight="1"/>
+    <row r="136" ht="14.25" customHeight="1"/>
+    <row r="137" ht="14.25" customHeight="1"/>
+    <row r="138" ht="14.25" customHeight="1"/>
+    <row r="139" ht="14.25" customHeight="1"/>
+    <row r="140" ht="14.25" customHeight="1"/>
+    <row r="141" ht="14.25" customHeight="1"/>
+    <row r="142" ht="14.25" customHeight="1"/>
+    <row r="143" ht="14.25" customHeight="1"/>
+    <row r="144" ht="14.25" customHeight="1"/>
+    <row r="145" ht="14.25" customHeight="1"/>
+    <row r="146" ht="14.25" customHeight="1"/>
+    <row r="147" ht="14.25" customHeight="1"/>
+    <row r="148" ht="14.25" customHeight="1"/>
+    <row r="149" ht="14.25" customHeight="1"/>
+    <row r="150" ht="14.25" customHeight="1"/>
+    <row r="151" ht="14.25" customHeight="1"/>
+    <row r="152" ht="14.25" customHeight="1"/>
+    <row r="153" ht="14.25" customHeight="1"/>
+    <row r="154" ht="14.25" customHeight="1"/>
+    <row r="155" ht="14.25" customHeight="1"/>
+    <row r="156" ht="14.25" customHeight="1"/>
+    <row r="157" ht="14.25" customHeight="1"/>
+    <row r="158" ht="14.25" customHeight="1"/>
+    <row r="159" ht="14.25" customHeight="1"/>
+    <row r="160" ht="14.25" customHeight="1"/>
+    <row r="161" ht="14.25" customHeight="1"/>
+    <row r="162" ht="14.25" customHeight="1"/>
+    <row r="163" ht="14.25" customHeight="1"/>
+    <row r="164" ht="14.25" customHeight="1"/>
+    <row r="165" ht="14.25" customHeight="1"/>
+    <row r="166" ht="14.25" customHeight="1"/>
+    <row r="167" ht="14.25" customHeight="1"/>
+    <row r="168" ht="14.25" customHeight="1"/>
+    <row r="169" ht="14.25" customHeight="1"/>
+    <row r="170" ht="14.25" customHeight="1"/>
+    <row r="171" ht="14.25" customHeight="1"/>
+    <row r="172" ht="14.25" customHeight="1"/>
+    <row r="173" ht="14.25" customHeight="1"/>
+    <row r="174" ht="14.25" customHeight="1"/>
+    <row r="175" ht="14.25" customHeight="1"/>
+    <row r="176" ht="14.25" customHeight="1"/>
+    <row r="177" ht="14.25" customHeight="1"/>
+    <row r="178" ht="14.25" customHeight="1"/>
+    <row r="179" ht="14.25" customHeight="1"/>
+    <row r="180" ht="14.25" customHeight="1"/>
+    <row r="181" ht="14.25" customHeight="1"/>
+    <row r="182" ht="14.25" customHeight="1"/>
+    <row r="183" ht="14.25" customHeight="1"/>
+    <row r="184" ht="14.25" customHeight="1"/>
+    <row r="185" ht="14.25" customHeight="1"/>
+    <row r="186" ht="14.25" customHeight="1"/>
+    <row r="187" ht="14.25" customHeight="1"/>
+    <row r="188" ht="14.25" customHeight="1"/>
+    <row r="189" ht="14.25" customHeight="1"/>
+    <row r="190" ht="14.25" customHeight="1"/>
+    <row r="191" ht="14.25" customHeight="1"/>
+    <row r="192" ht="14.25" customHeight="1"/>
+    <row r="193" ht="14.25" customHeight="1"/>
+    <row r="194" ht="14.25" customHeight="1"/>
+    <row r="195" ht="14.25" customHeight="1"/>
+    <row r="196" ht="14.25" customHeight="1"/>
+    <row r="197" ht="14.25" customHeight="1"/>
+    <row r="198" ht="14.25" customHeight="1"/>
+    <row r="199" ht="14.25" customHeight="1"/>
+    <row r="200" ht="14.25" customHeight="1"/>
+    <row r="201" ht="14.25" customHeight="1"/>
+    <row r="202" ht="14.25" customHeight="1"/>
+    <row r="203" ht="14.25" customHeight="1"/>
+    <row r="204" ht="14.25" customHeight="1"/>
+    <row r="205" ht="14.25" customHeight="1"/>
+    <row r="206" ht="14.25" customHeight="1"/>
+    <row r="207" ht="14.25" customHeight="1"/>
+    <row r="208" ht="14.25" customHeight="1"/>
+    <row r="209" ht="14.25" customHeight="1"/>
+    <row r="210" ht="14.25" customHeight="1"/>
+    <row r="211" ht="14.25" customHeight="1"/>
+    <row r="212" ht="14.25" customHeight="1"/>
+    <row r="213" ht="14.25" customHeight="1"/>
+    <row r="214" ht="14.25" customHeight="1"/>
+    <row r="215" ht="14.25" customHeight="1"/>
+    <row r="216" ht="14.25" customHeight="1"/>
+    <row r="217" ht="14.25" customHeight="1"/>
+    <row r="218" ht="14.25" customHeight="1"/>
+    <row r="219" ht="14.25" customHeight="1"/>
+    <row r="220" ht="14.25" customHeight="1"/>
+    <row r="221" ht="14.25" customHeight="1"/>
+    <row r="222" ht="14.25" customHeight="1"/>
+    <row r="223" ht="14.25" customHeight="1"/>
+    <row r="224" ht="14.25" customHeight="1"/>
+    <row r="225" ht="14.25" customHeight="1"/>
+    <row r="226" ht="14.25" customHeight="1"/>
+    <row r="227" ht="14.25" customHeight="1"/>
+    <row r="228" ht="14.25" customHeight="1"/>
+    <row r="229" ht="14.25" customHeight="1"/>
+    <row r="230" ht="14.25" customHeight="1"/>
+    <row r="231" ht="14.25" customHeight="1"/>
+    <row r="232" ht="14.25" customHeight="1"/>
+    <row r="233" ht="14.25" customHeight="1"/>
+    <row r="234" ht="14.25" customHeight="1"/>
+    <row r="235" ht="14.25" customHeight="1"/>
+    <row r="236" ht="14.25" customHeight="1"/>
+    <row r="237" ht="14.25" customHeight="1"/>
+    <row r="238" ht="14.25" customHeight="1"/>
+    <row r="239" ht="14.25" customHeight="1"/>
+    <row r="240" ht="14.25" customHeight="1"/>
+    <row r="241" ht="14.25" customHeight="1"/>
+    <row r="242" ht="14.25" customHeight="1"/>
+    <row r="243" ht="14.25" customHeight="1"/>
+    <row r="244" ht="14.25" customHeight="1"/>
+    <row r="245" ht="14.25" customHeight="1"/>
+    <row r="246" ht="14.25" customHeight="1"/>
+    <row r="247" ht="14.25" customHeight="1"/>
+    <row r="248" ht="14.25" customHeight="1"/>
+    <row r="249" ht="14.25" customHeight="1"/>
+    <row r="250" ht="14.25" customHeight="1"/>
+    <row r="251" ht="14.25" customHeight="1"/>
+    <row r="252" ht="14.25" customHeight="1"/>
+    <row r="253" ht="14.25" customHeight="1"/>
+    <row r="254" ht="14.25" customHeight="1"/>
+    <row r="255" ht="14.25" customHeight="1"/>
+    <row r="256" ht="14.25" customHeight="1"/>
+    <row r="257" ht="14.25" customHeight="1"/>
+    <row r="258" ht="14.25" customHeight="1"/>
+    <row r="259" ht="14.25" customHeight="1"/>
+    <row r="260" ht="14.25" customHeight="1"/>
+    <row r="261" ht="14.25" customHeight="1"/>
+    <row r="262" ht="14.25" customHeight="1"/>
+    <row r="263" ht="14.25" customHeight="1"/>
+    <row r="264" ht="14.25" customHeight="1"/>
+    <row r="265" ht="14.25" customHeight="1"/>
+    <row r="266" ht="14.25" customHeight="1"/>
+    <row r="267" ht="14.25" customHeight="1"/>
+    <row r="268" ht="14.25" customHeight="1"/>
+    <row r="269" ht="14.25" customHeight="1"/>
+    <row r="270" ht="14.25" customHeight="1"/>
+    <row r="271" ht="14.25" customHeight="1"/>
+    <row r="272" ht="14.25" customHeight="1"/>
+    <row r="273" ht="14.25" customHeight="1"/>
+    <row r="274" ht="14.25" customHeight="1"/>
+    <row r="275" ht="14.25" customHeight="1"/>
+    <row r="276" ht="14.25" customHeight="1"/>
+    <row r="277" ht="14.25" customHeight="1"/>
+    <row r="278" ht="14.25" customHeight="1"/>
+    <row r="279" ht="14.25" customHeight="1"/>
+    <row r="280" ht="14.25" customHeight="1"/>
+    <row r="281" ht="14.25" customHeight="1"/>
+    <row r="282" ht="14.25" customHeight="1"/>
+    <row r="283" ht="14.25" customHeight="1"/>
+    <row r="284" ht="14.25" customHeight="1"/>
+    <row r="285" ht="14.25" customHeight="1"/>
+    <row r="286" ht="14.25" customHeight="1"/>
+    <row r="287" ht="14.25" customHeight="1"/>
+    <row r="288" ht="14.25" customHeight="1"/>
+    <row r="289" ht="14.25" customHeight="1"/>
+    <row r="290" ht="14.25" customHeight="1"/>
+    <row r="291" ht="14.25" customHeight="1"/>
+    <row r="292" ht="14.25" customHeight="1"/>
+    <row r="293" ht="14.25" customHeight="1"/>
+    <row r="294" ht="14.25" customHeight="1"/>
+    <row r="295" ht="14.25" customHeight="1"/>
+    <row r="296" ht="14.25" customHeight="1"/>
+    <row r="297" ht="14.25" customHeight="1"/>
+    <row r="298" ht="14.25" customHeight="1"/>
+    <row r="299" ht="15.75" customHeight="1"/>
+    <row r="300" ht="15.75" customHeight="1"/>
+    <row r="301" ht="15.75" customHeight="1"/>
+    <row r="302" ht="15.75" customHeight="1"/>
+    <row r="303" ht="15.75" customHeight="1"/>
+    <row r="304" ht="15.75" customHeight="1"/>
+    <row r="305" ht="15.75" customHeight="1"/>
+    <row r="306" ht="15.75" customHeight="1"/>
+    <row r="307" ht="15.75" customHeight="1"/>
+    <row r="308" ht="15.75" customHeight="1"/>
+    <row r="309" ht="15.75" customHeight="1"/>
+    <row r="310" ht="15.75" customHeight="1"/>
+    <row r="311" ht="15.75" customHeight="1"/>
+    <row r="312" ht="15.75" customHeight="1"/>
+    <row r="313" ht="15.75" customHeight="1"/>
+    <row r="314" ht="15.75" customHeight="1"/>
+    <row r="315" ht="15.75" customHeight="1"/>
+    <row r="316" ht="15.75" customHeight="1"/>
+    <row r="317" ht="15.75" customHeight="1"/>
+    <row r="318" ht="15.75" customHeight="1"/>
+    <row r="319" ht="15.75" customHeight="1"/>
+    <row r="320" ht="15.75" customHeight="1"/>
+    <row r="321" ht="15.75" customHeight="1"/>
+    <row r="322" ht="15.75" customHeight="1"/>
+    <row r="323" ht="15.75" customHeight="1"/>
+    <row r="324" ht="15.75" customHeight="1"/>
+    <row r="325" ht="15.75" customHeight="1"/>
+    <row r="326" ht="15.75" customHeight="1"/>
+    <row r="327" ht="15.75" customHeight="1"/>
+    <row r="328" ht="15.75" customHeight="1"/>
+    <row r="329" ht="15.75" customHeight="1"/>
+    <row r="330" ht="15.75" customHeight="1"/>
+    <row r="331" ht="15.75" customHeight="1"/>
+    <row r="332" ht="15.75" customHeight="1"/>
+    <row r="333" ht="15.75" customHeight="1"/>
+    <row r="334" ht="15.75" customHeight="1"/>
+    <row r="335" ht="15.75" customHeight="1"/>
+    <row r="336" ht="15.75" customHeight="1"/>
+    <row r="337" ht="15.75" customHeight="1"/>
+    <row r="338" ht="15.75" customHeight="1"/>
+    <row r="339" ht="15.75" customHeight="1"/>
+    <row r="340" ht="15.75" customHeight="1"/>
+    <row r="341" ht="15.75" customHeight="1"/>
+    <row r="342" ht="15.75" customHeight="1"/>
+    <row r="343" ht="15.75" customHeight="1"/>
+    <row r="344" ht="15.75" customHeight="1"/>
+    <row r="345" ht="15.75" customHeight="1"/>
+    <row r="346" ht="15.75" customHeight="1"/>
+    <row r="347" ht="15.75" customHeight="1"/>
+    <row r="348" ht="15.75" customHeight="1"/>
+    <row r="349" ht="15.75" customHeight="1"/>
+    <row r="350" ht="15.75" customHeight="1"/>
+    <row r="351" ht="15.75" customHeight="1"/>
+    <row r="352" ht="15.75" customHeight="1"/>
+    <row r="353" ht="15.75" customHeight="1"/>
+    <row r="354" ht="15.75" customHeight="1"/>
+    <row r="355" ht="15.75" customHeight="1"/>
+    <row r="356" ht="15.75" customHeight="1"/>
+    <row r="357" ht="15.75" customHeight="1"/>
+    <row r="358" ht="15.75" customHeight="1"/>
+    <row r="359" ht="15.75" customHeight="1"/>
+    <row r="360" ht="15.75" customHeight="1"/>
+    <row r="361" ht="15.75" customHeight="1"/>
+    <row r="362" ht="15.75" customHeight="1"/>
+    <row r="363" ht="15.75" customHeight="1"/>
+    <row r="364" ht="15.75" customHeight="1"/>
+    <row r="365" ht="15.75" customHeight="1"/>
+    <row r="366" ht="15.75" customHeight="1"/>
+    <row r="367" ht="15.75" customHeight="1"/>
+    <row r="368" ht="15.75" customHeight="1"/>
+    <row r="369" ht="15.75" customHeight="1"/>
+    <row r="370" ht="15.75" customHeight="1"/>
+    <row r="371" ht="15.75" customHeight="1"/>
+    <row r="372" ht="15.75" customHeight="1"/>
+    <row r="373" ht="15.75" customHeight="1"/>
+    <row r="374" ht="15.75" customHeight="1"/>
+    <row r="375" ht="15.75" customHeight="1"/>
+    <row r="376" ht="15.75" customHeight="1"/>
+    <row r="377" ht="15.75" customHeight="1"/>
+    <row r="378" ht="15.75" customHeight="1"/>
+    <row r="379" ht="15.75" customHeight="1"/>
+    <row r="380" ht="15.75" customHeight="1"/>
+    <row r="381" ht="15.75" customHeight="1"/>
+    <row r="382" ht="15.75" customHeight="1"/>
+    <row r="383" ht="15.75" customHeight="1"/>
+    <row r="384" ht="15.75" customHeight="1"/>
+    <row r="385" ht="15.75" customHeight="1"/>
+    <row r="386" ht="15.75" customHeight="1"/>
+    <row r="387" ht="15.75" customHeight="1"/>
+    <row r="388" ht="15.75" customHeight="1"/>
+    <row r="389" ht="15.75" customHeight="1"/>
+    <row r="390" ht="15.75" customHeight="1"/>
+    <row r="391" ht="15.75" customHeight="1"/>
+    <row r="392" ht="15.75" customHeight="1"/>
+    <row r="393" ht="15.75" customHeight="1"/>
+    <row r="394" ht="15.75" customHeight="1"/>
+    <row r="395" ht="15.75" customHeight="1"/>
+    <row r="396" ht="15.75" customHeight="1"/>
+    <row r="397" ht="15.75" customHeight="1"/>
+    <row r="398" ht="15.75" customHeight="1"/>
+    <row r="399" ht="15.75" customHeight="1"/>
+    <row r="400" ht="15.75" customHeight="1"/>
+    <row r="401" ht="15.75" customHeight="1"/>
+    <row r="402" ht="15.75" customHeight="1"/>
+    <row r="403" ht="15.75" customHeight="1"/>
+    <row r="404" ht="15.75" customHeight="1"/>
+    <row r="405" ht="15.75" customHeight="1"/>
+    <row r="406" ht="15.75" customHeight="1"/>
+    <row r="407" ht="15.75" customHeight="1"/>
+    <row r="408" ht="15.75" customHeight="1"/>
+    <row r="409" ht="15.75" customHeight="1"/>
+    <row r="410" ht="15.75" customHeight="1"/>
+    <row r="411" ht="15.75" customHeight="1"/>
+    <row r="412" ht="15.75" customHeight="1"/>
+    <row r="413" ht="15.75" customHeight="1"/>
+    <row r="414" ht="15.75" customHeight="1"/>
+    <row r="415" ht="15.75" customHeight="1"/>
+    <row r="416" ht="15.75" customHeight="1"/>
+    <row r="417" ht="15.75" customHeight="1"/>
+    <row r="418" ht="15.75" customHeight="1"/>
+    <row r="419" ht="15.75" customHeight="1"/>
+    <row r="420" ht="15.75" customHeight="1"/>
+    <row r="421" ht="15.75" customHeight="1"/>
+    <row r="422" ht="15.75" customHeight="1"/>
+    <row r="423" ht="15.75" customHeight="1"/>
+    <row r="424" ht="15.75" customHeight="1"/>
+    <row r="425" ht="15.75" customHeight="1"/>
+    <row r="426" ht="15.75" customHeight="1"/>
+    <row r="427" ht="15.75" customHeight="1"/>
+    <row r="428" ht="15.75" customHeight="1"/>
+    <row r="429" ht="15.75" customHeight="1"/>
+    <row r="430" ht="15.75" customHeight="1"/>
+    <row r="431" ht="15.75" customHeight="1"/>
+    <row r="432" ht="15.75" customHeight="1"/>
+    <row r="433" ht="15.75" customHeight="1"/>
+    <row r="434" ht="15.75" customHeight="1"/>
+    <row r="435" ht="15.75" customHeight="1"/>
+    <row r="436" ht="15.75" customHeight="1"/>
+    <row r="437" ht="15.75" customHeight="1"/>
+    <row r="438" ht="15.75" customHeight="1"/>
+    <row r="439" ht="15.75" customHeight="1"/>
+    <row r="440" ht="15.75" customHeight="1"/>
+    <row r="441" ht="15.75" customHeight="1"/>
+    <row r="442" ht="15.75" customHeight="1"/>
+    <row r="443" ht="15.75" customHeight="1"/>
+    <row r="444" ht="15.75" customHeight="1"/>
+    <row r="445" ht="15.75" customHeight="1"/>
+    <row r="446" ht="15.75" customHeight="1"/>
+    <row r="447" ht="15.75" customHeight="1"/>
+    <row r="448" ht="15.75" customHeight="1"/>
+    <row r="449" ht="15.75" customHeight="1"/>
+    <row r="450" ht="15.75" customHeight="1"/>
+    <row r="451" ht="15.75" customHeight="1"/>
+    <row r="452" ht="15.75" customHeight="1"/>
+    <row r="453" ht="15.75" customHeight="1"/>
+    <row r="454" ht="15.75" customHeight="1"/>
+    <row r="455" ht="15.75" customHeight="1"/>
+    <row r="456" ht="15.75" customHeight="1"/>
+    <row r="457" ht="15.75" customHeight="1"/>
+    <row r="458" ht="15.75" customHeight="1"/>
+    <row r="459" ht="15.75" customHeight="1"/>
+    <row r="460" ht="15.75" customHeight="1"/>
+    <row r="461" ht="15.75" customHeight="1"/>
+    <row r="462" ht="15.75" customHeight="1"/>
+    <row r="463" ht="15.75" customHeight="1"/>
+    <row r="464" ht="15.75" customHeight="1"/>
+    <row r="465" ht="15.75" customHeight="1"/>
+    <row r="466" ht="15.75" customHeight="1"/>
+    <row r="467" ht="15.75" customHeight="1"/>
+    <row r="468" ht="15.75" customHeight="1"/>
+    <row r="469" ht="15.75" customHeight="1"/>
+    <row r="470" ht="15.75" customHeight="1"/>
+    <row r="471" ht="15.75" customHeight="1"/>
+    <row r="472" ht="15.75" customHeight="1"/>
+    <row r="473" ht="15.75" customHeight="1"/>
+    <row r="474" ht="15.75" customHeight="1"/>
+    <row r="475" ht="15.75" customHeight="1"/>
+    <row r="476" ht="15.75" customHeight="1"/>
+    <row r="477" ht="15.75" customHeight="1"/>
+    <row r="478" ht="15.75" customHeight="1"/>
+    <row r="479" ht="15.75" customHeight="1"/>
+    <row r="480" ht="15.75" customHeight="1"/>
+    <row r="481" ht="15.75" customHeight="1"/>
+    <row r="482" ht="15.75" customHeight="1"/>
+    <row r="483" ht="15.75" customHeight="1"/>
+    <row r="484" ht="15.75" customHeight="1"/>
+    <row r="485" ht="15.75" customHeight="1"/>
+    <row r="486" ht="15.75" customHeight="1"/>
+    <row r="487" ht="15.75" customHeight="1"/>
+    <row r="488" ht="15.75" customHeight="1"/>
+    <row r="489" ht="15.75" customHeight="1"/>
+    <row r="490" ht="15.75" customHeight="1"/>
+    <row r="491" ht="15.75" customHeight="1"/>
+    <row r="492" ht="15.75" customHeight="1"/>
+    <row r="493" ht="15.75" customHeight="1"/>
+    <row r="494" ht="15.75" customHeight="1"/>
+    <row r="495" ht="15.75" customHeight="1"/>
+    <row r="496" ht="15.75" customHeight="1"/>
+    <row r="497" ht="15.75" customHeight="1"/>
+    <row r="498" ht="15.75" customHeight="1"/>
+    <row r="499" ht="15.75" customHeight="1"/>
+    <row r="500" ht="15.75" customHeight="1"/>
+    <row r="501" ht="15.75" customHeight="1"/>
+    <row r="502" ht="15.75" customHeight="1"/>
+    <row r="503" ht="15.75" customHeight="1"/>
+    <row r="504" ht="15.75" customHeight="1"/>
+    <row r="505" ht="15.75" customHeight="1"/>
+    <row r="506" ht="15.75" customHeight="1"/>
+    <row r="507" ht="15.75" customHeight="1"/>
+    <row r="508" ht="15.75" customHeight="1"/>
+    <row r="509" ht="15.75" customHeight="1"/>
+    <row r="510" ht="15.75" customHeight="1"/>
+    <row r="511" ht="15.75" customHeight="1"/>
+    <row r="512" ht="15.75" customHeight="1"/>
+    <row r="513" ht="15.75" customHeight="1"/>
+    <row r="514" ht="15.75" customHeight="1"/>
+    <row r="515" ht="15.75" customHeight="1"/>
+    <row r="516" ht="15.75" customHeight="1"/>
+    <row r="517" ht="15.75" customHeight="1"/>
+    <row r="518" ht="15.75" customHeight="1"/>
+    <row r="519" ht="15.75" customHeight="1"/>
+    <row r="520" ht="15.75" customHeight="1"/>
+    <row r="521" ht="15.75" customHeight="1"/>
+    <row r="522" ht="15.75" customHeight="1"/>
+    <row r="523" ht="15.75" customHeight="1"/>
+    <row r="524" ht="15.75" customHeight="1"/>
+    <row r="525" ht="15.75" customHeight="1"/>
+    <row r="526" ht="15.75" customHeight="1"/>
+    <row r="527" ht="15.75" customHeight="1"/>
+    <row r="528" ht="15.75" customHeight="1"/>
+    <row r="529" ht="15.75" customHeight="1"/>
+    <row r="530" ht="15.75" customHeight="1"/>
+    <row r="531" ht="15.75" customHeight="1"/>
+    <row r="532" ht="15.75" customHeight="1"/>
+    <row r="533" ht="15.75" customHeight="1"/>
+    <row r="534" ht="15.75" customHeight="1"/>
+    <row r="535" ht="15.75" customHeight="1"/>
+    <row r="536" ht="15.75" customHeight="1"/>
+    <row r="537" ht="15.75" customHeight="1"/>
+    <row r="538" ht="15.75" customHeight="1"/>
+    <row r="539" ht="15.75" customHeight="1"/>
+    <row r="540" ht="15.75" customHeight="1"/>
+    <row r="541" ht="15.75" customHeight="1"/>
+    <row r="542" ht="15.75" customHeight="1"/>
+    <row r="543" ht="15.75" customHeight="1"/>
+    <row r="544" ht="15.75" customHeight="1"/>
+    <row r="545" ht="15.75" customHeight="1"/>
+    <row r="546" ht="15.75" customHeight="1"/>
+    <row r="547" ht="15.75" customHeight="1"/>
+    <row r="548" ht="15.75" customHeight="1"/>
+    <row r="549" ht="15.75" customHeight="1"/>
+    <row r="550" ht="15.75" customHeight="1"/>
+    <row r="551" ht="15.75" customHeight="1"/>
+    <row r="552" ht="15.75" customHeight="1"/>
+    <row r="553" ht="15.75" customHeight="1"/>
+    <row r="554" ht="15.75" customHeight="1"/>
+    <row r="555" ht="15.75" customHeight="1"/>
+    <row r="556" ht="15.75" customHeight="1"/>
+    <row r="557" ht="15.75" customHeight="1"/>
+    <row r="558" ht="15.75" customHeight="1"/>
+    <row r="559" ht="15.75" customHeight="1"/>
+    <row r="560" ht="15.75" customHeight="1"/>
+    <row r="561" ht="15.75" customHeight="1"/>
+    <row r="562" ht="15.75" customHeight="1"/>
+    <row r="563" ht="15.75" customHeight="1"/>
+    <row r="564" ht="15.75" customHeight="1"/>
+    <row r="565" ht="15.75" customHeight="1"/>
+    <row r="566" ht="15.75" customHeight="1"/>
+    <row r="567" ht="15.75" customHeight="1"/>
+    <row r="568" ht="15.75" customHeight="1"/>
+    <row r="569" ht="15.75" customHeight="1"/>
+    <row r="570" ht="15.75" customHeight="1"/>
+    <row r="571" ht="15.75" customHeight="1"/>
+    <row r="572" ht="15.75" customHeight="1"/>
+    <row r="573" ht="15.75" customHeight="1"/>
+    <row r="574" ht="15.75" customHeight="1"/>
+    <row r="575" ht="15.75" customHeight="1"/>
+    <row r="576" ht="15.75" customHeight="1"/>
+    <row r="577" ht="15.75" customHeight="1"/>
+    <row r="578" ht="15.75" customHeight="1"/>
+    <row r="579" ht="15.75" customHeight="1"/>
+    <row r="580" ht="15.75" customHeight="1"/>
+    <row r="581" ht="15.75" customHeight="1"/>
+    <row r="582" ht="15.75" customHeight="1"/>
+    <row r="583" ht="15.75" customHeight="1"/>
+    <row r="584" ht="15.75" customHeight="1"/>
+    <row r="585" ht="15.75" customHeight="1"/>
+    <row r="586" ht="15.75" customHeight="1"/>
+    <row r="587" ht="15.75" customHeight="1"/>
+    <row r="588" ht="15.75" customHeight="1"/>
+    <row r="589" ht="15.75" customHeight="1"/>
+    <row r="590" ht="15.75" customHeight="1"/>
+    <row r="591" ht="15.75" customHeight="1"/>
+    <row r="592" ht="15.75" customHeight="1"/>
+    <row r="593" ht="15.75" customHeight="1"/>
+    <row r="594" ht="15.75" customHeight="1"/>
+    <row r="595" ht="15.75" customHeight="1"/>
+    <row r="596" ht="15.75" customHeight="1"/>
+    <row r="597" ht="15.75" customHeight="1"/>
+    <row r="598" ht="15.75" customHeight="1"/>
+    <row r="599" ht="15.75" customHeight="1"/>
+    <row r="600" ht="15.75" customHeight="1"/>
+    <row r="601" ht="15.75" customHeight="1"/>
+    <row r="602" ht="15.75" customHeight="1"/>
+    <row r="603" ht="15.75" customHeight="1"/>
+    <row r="604" ht="15.75" customHeight="1"/>
+    <row r="605" ht="15.75" customHeight="1"/>
+    <row r="606" ht="15.75" customHeight="1"/>
+    <row r="607" ht="15.75" customHeight="1"/>
+    <row r="608" ht="15.75" customHeight="1"/>
+    <row r="609" ht="15.75" customHeight="1"/>
+    <row r="610" ht="15.75" customHeight="1"/>
+    <row r="611" ht="15.75" customHeight="1"/>
+    <row r="612" ht="15.75" customHeight="1"/>
+    <row r="613" ht="15.75" customHeight="1"/>
+    <row r="614" ht="15.75" customHeight="1"/>
+    <row r="615" ht="15.75" customHeight="1"/>
+    <row r="616" ht="15.75" customHeight="1"/>
+    <row r="617" ht="15.75" customHeight="1"/>
+    <row r="618" ht="15.75" customHeight="1"/>
+    <row r="619" ht="15.75" customHeight="1"/>
+    <row r="620" ht="15.75" customHeight="1"/>
+    <row r="621" ht="15.75" customHeight="1"/>
+    <row r="622" ht="15.75" customHeight="1"/>
+    <row r="623" ht="15.75" customHeight="1"/>
+    <row r="624" ht="15.75" customHeight="1"/>
+    <row r="625" ht="15.75" customHeight="1"/>
+    <row r="626" ht="15.75" customHeight="1"/>
+    <row r="627" ht="15.75" customHeight="1"/>
+    <row r="628" ht="15.75" customHeight="1"/>
+    <row r="629" ht="15.75" customHeight="1"/>
+    <row r="630" ht="15.75" customHeight="1"/>
+    <row r="631" ht="15.75" customHeight="1"/>
+    <row r="632" ht="15.75" customHeight="1"/>
+    <row r="633" ht="15.75" customHeight="1"/>
+    <row r="634" ht="15.75" customHeight="1"/>
+    <row r="635" ht="15.75" customHeight="1"/>
+    <row r="636" ht="15.75" customHeight="1"/>
+    <row r="637" ht="15.75" customHeight="1"/>
+    <row r="638" ht="15.75" customHeight="1"/>
+    <row r="639" ht="15.75" customHeight="1"/>
+    <row r="640" ht="15.75" customHeight="1"/>
+    <row r="641" ht="15.75" customHeight="1"/>
+    <row r="642" ht="15.75" customHeight="1"/>
+    <row r="643" ht="15.75" customHeight="1"/>
+    <row r="644" ht="15.75" customHeight="1"/>
+    <row r="645" ht="15.75" customHeight="1"/>
+    <row r="646" ht="15.75" customHeight="1"/>
+    <row r="647" ht="15.75" customHeight="1"/>
+    <row r="648" ht="15.75" customHeight="1"/>
+    <row r="649" ht="15.75" customHeight="1"/>
+    <row r="650" ht="15.75" customHeight="1"/>
+    <row r="651" ht="15.75" customHeight="1"/>
+    <row r="652" ht="15.75" customHeight="1"/>
+    <row r="653" ht="15.75" customHeight="1"/>
+    <row r="654" ht="15.75" customHeight="1"/>
+    <row r="655" ht="15.75" customHeight="1"/>
+    <row r="656" ht="15.75" customHeight="1"/>
+    <row r="657" ht="15.75" customHeight="1"/>
+    <row r="658" ht="15.75" customHeight="1"/>
+    <row r="659" ht="15.75" customHeight="1"/>
+    <row r="660" ht="15.75" customHeight="1"/>
+    <row r="661" ht="15.75" customHeight="1"/>
+    <row r="662" ht="15.75" customHeight="1"/>
+    <row r="663" ht="15.75" customHeight="1"/>
+    <row r="664" ht="15.75" customHeight="1"/>
+    <row r="665" ht="15.75" customHeight="1"/>
+    <row r="666" ht="15.75" customHeight="1"/>
+    <row r="667" ht="15.75" customHeight="1"/>
+    <row r="668" ht="15.75" customHeight="1"/>
+    <row r="669" ht="15.75" customHeight="1"/>
+    <row r="670" ht="15.75" customHeight="1"/>
+    <row r="671" ht="15.75" customHeight="1"/>
+    <row r="672" ht="15.75" customHeight="1"/>
+    <row r="673" ht="15.75" customHeight="1"/>
+    <row r="674" ht="15.75" customHeight="1"/>
+    <row r="675" ht="15.75" customHeight="1"/>
+    <row r="676" ht="15.75" customHeight="1"/>
+    <row r="677" ht="15.75" customHeight="1"/>
+    <row r="678" ht="15.75" customHeight="1"/>
+    <row r="679" ht="15.75" customHeight="1"/>
+    <row r="680" ht="15.75" customHeight="1"/>
+    <row r="681" ht="15.75" customHeight="1"/>
+    <row r="682" ht="15.75" customHeight="1"/>
+    <row r="683" ht="15.75" customHeight="1"/>
+    <row r="684" ht="15.75" customHeight="1"/>
+    <row r="685" ht="15.75" customHeight="1"/>
+    <row r="686" ht="15.75" customHeight="1"/>
+    <row r="687" ht="15.75" customHeight="1"/>
+    <row r="688" ht="15.75" customHeight="1"/>
+    <row r="689" ht="15.75" customHeight="1"/>
+    <row r="690" ht="15.75" customHeight="1"/>
+    <row r="691" ht="15.75" customHeight="1"/>
+    <row r="692" ht="15.75" customHeight="1"/>
+    <row r="693" ht="15.75" customHeight="1"/>
+    <row r="694" ht="15.75" customHeight="1"/>
+    <row r="695" ht="15.75" customHeight="1"/>
+    <row r="696" ht="15.75" customHeight="1"/>
+    <row r="697" ht="15.75" customHeight="1"/>
+    <row r="698" ht="15.75" customHeight="1"/>
+    <row r="699" ht="15.75" customHeight="1"/>
+    <row r="700" ht="15.75" customHeight="1"/>
+    <row r="701" ht="15.75" customHeight="1"/>
+    <row r="702" ht="15.75" customHeight="1"/>
+    <row r="703" ht="15.75" customHeight="1"/>
+    <row r="704" ht="15.75" customHeight="1"/>
+    <row r="705" ht="15.75" customHeight="1"/>
+    <row r="706" ht="15.75" customHeight="1"/>
+    <row r="707" ht="15.75" customHeight="1"/>
+    <row r="708" ht="15.75" customHeight="1"/>
+    <row r="709" ht="15.75" customHeight="1"/>
+    <row r="710" ht="15.75" customHeight="1"/>
+    <row r="711" ht="15.75" customHeight="1"/>
+    <row r="712" ht="15.75" customHeight="1"/>
+    <row r="713" ht="15.75" customHeight="1"/>
+    <row r="714" ht="15.75" customHeight="1"/>
+    <row r="715" ht="15.75" customHeight="1"/>
+    <row r="716" ht="15.75" customHeight="1"/>
+    <row r="717" ht="15.75" customHeight="1"/>
+    <row r="718" ht="15.75" customHeight="1"/>
+    <row r="719" ht="15.75" customHeight="1"/>
+    <row r="720" ht="15.75" customHeight="1"/>
+    <row r="721" ht="15.75" customHeight="1"/>
+    <row r="722" ht="15.75" customHeight="1"/>
+    <row r="723" ht="15.75" customHeight="1"/>
+    <row r="724" ht="15.75" customHeight="1"/>
+    <row r="725" ht="15.75" customHeight="1"/>
+    <row r="726" ht="15.75" customHeight="1"/>
+    <row r="727" ht="15.75" customHeight="1"/>
+    <row r="728" ht="15.75" customHeight="1"/>
+    <row r="729" ht="15.75" customHeight="1"/>
+    <row r="730" ht="15.75" customHeight="1"/>
+    <row r="731" ht="15.75" customHeight="1"/>
+    <row r="732" ht="15.75" customHeight="1"/>
+    <row r="733" ht="15.75" customHeight="1"/>
+    <row r="734" ht="15.75" customHeight="1"/>
+    <row r="735" ht="15.75" customHeight="1"/>
+    <row r="736" ht="15.75" customHeight="1"/>
+    <row r="737" ht="15.75" customHeight="1"/>
+    <row r="738" ht="15.75" customHeight="1"/>
+    <row r="739" ht="15.75" customHeight="1"/>
+    <row r="740" ht="15.75" customHeight="1"/>
+    <row r="741" ht="15.75" customHeight="1"/>
+    <row r="742" ht="15.75" customHeight="1"/>
+    <row r="743" ht="15.75" customHeight="1"/>
+    <row r="744" ht="15.75" customHeight="1"/>
+    <row r="745" ht="15.75" customHeight="1"/>
+    <row r="746" ht="15.75" customHeight="1"/>
+    <row r="747" ht="15.75" customHeight="1"/>
+    <row r="748" ht="15.75" customHeight="1"/>
+    <row r="749" ht="15.75" customHeight="1"/>
+    <row r="750" ht="15.75" customHeight="1"/>
+    <row r="751" ht="15.75" customHeight="1"/>
+    <row r="752" ht="15.75" customHeight="1"/>
+    <row r="753" ht="15.75" customHeight="1"/>
+    <row r="754" ht="15.75" customHeight="1"/>
+    <row r="755" ht="15.75" customHeight="1"/>
+    <row r="756" ht="15.75" customHeight="1"/>
+    <row r="757" ht="15.75" customHeight="1"/>
+    <row r="758" ht="15.75" customHeight="1"/>
+    <row r="759" ht="15.75" customHeight="1"/>
+    <row r="760" ht="15.75" customHeight="1"/>
+    <row r="761" ht="15.75" customHeight="1"/>
+    <row r="762" ht="15.75" customHeight="1"/>
+    <row r="763" ht="15.75" customHeight="1"/>
+    <row r="764" ht="15.75" customHeight="1"/>
+    <row r="765" ht="15.75" customHeight="1"/>
+    <row r="766" ht="15.75" customHeight="1"/>
+    <row r="767" ht="15.75" customHeight="1"/>
+    <row r="768" ht="15.75" customHeight="1"/>
+    <row r="769" ht="15.75" customHeight="1"/>
+    <row r="770" ht="15.75" customHeight="1"/>
+    <row r="771" ht="15.75" customHeight="1"/>
+    <row r="772" ht="15.75" customHeight="1"/>
+    <row r="773" ht="15.75" customHeight="1"/>
+    <row r="774" ht="15.75" customHeight="1"/>
+    <row r="775" ht="15.75" customHeight="1"/>
+    <row r="776" ht="15.75" customHeight="1"/>
+    <row r="777" ht="15.75" customHeight="1"/>
+    <row r="778" ht="15.75" customHeight="1"/>
+    <row r="779" ht="15.75" customHeight="1"/>
+    <row r="780" ht="15.75" customHeight="1"/>
+    <row r="781" ht="15.75" customHeight="1"/>
+    <row r="782" ht="15.75" customHeight="1"/>
+    <row r="783" ht="15.75" customHeight="1"/>
+    <row r="784" ht="15.75" customHeight="1"/>
+    <row r="785" ht="15.75" customHeight="1"/>
+    <row r="786" ht="15.75" customHeight="1"/>
+    <row r="787" ht="15.75" customHeight="1"/>
+    <row r="788" ht="15.75" customHeight="1"/>
+    <row r="789" ht="15.75" customHeight="1"/>
+    <row r="790" ht="15.75" customHeight="1"/>
+    <row r="791" ht="15.75" customHeight="1"/>
+    <row r="792" ht="15.75" customHeight="1"/>
+    <row r="793" ht="15.75" customHeight="1"/>
+    <row r="794" ht="15.75" customHeight="1"/>
+    <row r="795" ht="15.75" customHeight="1"/>
+    <row r="796" ht="15.75" customHeight="1"/>
+    <row r="797" ht="15.75" customHeight="1"/>
+    <row r="798" ht="15.75" customHeight="1"/>
+    <row r="799" ht="15.75" customHeight="1"/>
+    <row r="800" ht="15.75" customHeight="1"/>
+    <row r="801" ht="15.75" customHeight="1"/>
+    <row r="802" ht="15.75" customHeight="1"/>
+    <row r="803" ht="15.75" customHeight="1"/>
+    <row r="804" ht="15.75" customHeight="1"/>
+    <row r="805" ht="15.75" customHeight="1"/>
+    <row r="806" ht="15.75" customHeight="1"/>
+    <row r="807" ht="15.75" customHeight="1"/>
+    <row r="808" ht="15.75" customHeight="1"/>
+    <row r="809" ht="15.75" customHeight="1"/>
+    <row r="810" ht="15.75" customHeight="1"/>
+    <row r="811" ht="15.75" customHeight="1"/>
+    <row r="812" ht="15.75" customHeight="1"/>
+    <row r="813" ht="15.75" customHeight="1"/>
+    <row r="814" ht="15.75" customHeight="1"/>
+    <row r="815" ht="15.75" customHeight="1"/>
+    <row r="816" ht="15.75" customHeight="1"/>
+    <row r="817" ht="15.75" customHeight="1"/>
+    <row r="818" ht="15.75" customHeight="1"/>
+    <row r="819" ht="15.75" customHeight="1"/>
+    <row r="820" ht="15.75" customHeight="1"/>
+    <row r="821" ht="15.75" customHeight="1"/>
+    <row r="822" ht="15.75" customHeight="1"/>
+    <row r="823" ht="15.75" customHeight="1"/>
+    <row r="824" ht="15.75" customHeight="1"/>
+    <row r="825" ht="15.75" customHeight="1"/>
+    <row r="826" ht="15.75" customHeight="1"/>
+    <row r="827" ht="15.75" customHeight="1"/>
+    <row r="828" ht="15.75" customHeight="1"/>
+    <row r="829" ht="15.75" customHeight="1"/>
+    <row r="830" ht="15.75" customHeight="1"/>
+    <row r="831" ht="15.75" customHeight="1"/>
+    <row r="832" ht="15.75" customHeight="1"/>
+    <row r="833" ht="15.75" customHeight="1"/>
+    <row r="834" ht="15.75" customHeight="1"/>
+    <row r="835" ht="15.75" customHeight="1"/>
+    <row r="836" ht="15.75" customHeight="1"/>
+    <row r="837" ht="15.75" customHeight="1"/>
+    <row r="838" ht="15.75" customHeight="1"/>
+    <row r="839" ht="15.75" customHeight="1"/>
+    <row r="840" ht="15.75" customHeight="1"/>
+    <row r="841" ht="15.75" customHeight="1"/>
+    <row r="842" ht="15.75" customHeight="1"/>
+    <row r="843" ht="15.75" customHeight="1"/>
+    <row r="844" ht="15.75" customHeight="1"/>
+    <row r="845" ht="15.75" customHeight="1"/>
+    <row r="846" ht="15.75" customHeight="1"/>
+    <row r="847" ht="15.75" customHeight="1"/>
+    <row r="848" ht="15.75" customHeight="1"/>
+    <row r="849" ht="15.75" customHeight="1"/>
+    <row r="850" ht="15.75" customHeight="1"/>
+    <row r="851" ht="15.75" customHeight="1"/>
+    <row r="852" ht="15.75" customHeight="1"/>
+    <row r="853" ht="15.75" customHeight="1"/>
+    <row r="854" ht="15.75" customHeight="1"/>
+    <row r="855" ht="15.75" customHeight="1"/>
+    <row r="856" ht="15.75" customHeight="1"/>
+    <row r="857" ht="15.75" customHeight="1"/>
+    <row r="858" ht="15.75" customHeight="1"/>
+    <row r="859" ht="15.75" customHeight="1"/>
+    <row r="860" ht="15.75" customHeight="1"/>
+    <row r="861" ht="15.75" customHeight="1"/>
+    <row r="862" ht="15.75" customHeight="1"/>
+    <row r="863" ht="15.75" customHeight="1"/>
+    <row r="864" ht="15.75" customHeight="1"/>
+    <row r="865" ht="15.75" customHeight="1"/>
+    <row r="866" ht="15.75" customHeight="1"/>
+    <row r="867" ht="15.75" customHeight="1"/>
+    <row r="868" ht="15.75" customHeight="1"/>
+    <row r="869" ht="15.75" customHeight="1"/>
+    <row r="870" ht="15.75" customHeight="1"/>
+    <row r="871" ht="15.75" customHeight="1"/>
+    <row r="872" ht="15.75" customHeight="1"/>
+    <row r="873" ht="15.75" customHeight="1"/>
+    <row r="874" ht="15.75" customHeight="1"/>
+    <row r="875" ht="15.75" customHeight="1"/>
+    <row r="876" ht="15.75" customHeight="1"/>
+    <row r="877" ht="15.75" customHeight="1"/>
+    <row r="878" ht="15.75" customHeight="1"/>
+    <row r="879" ht="15.75" customHeight="1"/>
+    <row r="880" ht="15.75" customHeight="1"/>
+    <row r="881" ht="15.75" customHeight="1"/>
+    <row r="882" ht="15.75" customHeight="1"/>
+    <row r="883" ht="15.75" customHeight="1"/>
+    <row r="884" ht="15.75" customHeight="1"/>
+    <row r="885" ht="15.75" customHeight="1"/>
+    <row r="886" ht="15.75" customHeight="1"/>
+    <row r="887" ht="15.75" customHeight="1"/>
+    <row r="888" ht="15.75" customHeight="1"/>
+    <row r="889" ht="15.75" customHeight="1"/>
+    <row r="890" ht="15.75" customHeight="1"/>
+    <row r="891" ht="15.75" customHeight="1"/>
+    <row r="892" ht="15.75" customHeight="1"/>
+    <row r="893" ht="15.75" customHeight="1"/>
+    <row r="894" ht="15.75" customHeight="1"/>
+    <row r="895" ht="15.75" customHeight="1"/>
+    <row r="896" ht="15.75" customHeight="1"/>
+    <row r="897" ht="15.75" customHeight="1"/>
+    <row r="898" ht="15.75" customHeight="1"/>
+    <row r="899" ht="15.75" customHeight="1"/>
+    <row r="900" ht="15.75" customHeight="1"/>
+    <row r="901" ht="15.75" customHeight="1"/>
+    <row r="902" ht="15.75" customHeight="1"/>
+    <row r="903" ht="15.75" customHeight="1"/>
+    <row r="904" ht="15.75" customHeight="1"/>
+    <row r="905" ht="15.75" customHeight="1"/>
+    <row r="906" ht="15.75" customHeight="1"/>
+    <row r="907" ht="15.75" customHeight="1"/>
+    <row r="908" ht="15.75" customHeight="1"/>
+    <row r="909" ht="15.75" customHeight="1"/>
+    <row r="910" ht="15.75" customHeight="1"/>
+    <row r="911" ht="15.75" customHeight="1"/>
+    <row r="912" ht="15.75" customHeight="1"/>
+    <row r="913" ht="15.75" customHeight="1"/>
+    <row r="914" ht="15.75" customHeight="1"/>
+    <row r="915" ht="15.75" customHeight="1"/>
+    <row r="916" ht="15.75" customHeight="1"/>
+    <row r="917" ht="15.75" customHeight="1"/>
+    <row r="918" ht="15.75" customHeight="1"/>
+    <row r="919" ht="15.75" customHeight="1"/>
+    <row r="920" ht="15.75" customHeight="1"/>
+    <row r="921" ht="15.75" customHeight="1"/>
+    <row r="922" ht="15.75" customHeight="1"/>
+    <row r="923" ht="15.75" customHeight="1"/>
+    <row r="924" ht="15.75" customHeight="1"/>
+    <row r="925" ht="15.75" customHeight="1"/>
+    <row r="926" ht="15.75" customHeight="1"/>
+    <row r="927" ht="15.75" customHeight="1"/>
+    <row r="928" ht="15.75" customHeight="1"/>
+    <row r="929" ht="15.75" customHeight="1"/>
+    <row r="930" ht="15.75" customHeight="1"/>
+    <row r="931" ht="15.75" customHeight="1"/>
+    <row r="932" ht="15.75" customHeight="1"/>
+    <row r="933" ht="15.75" customHeight="1"/>
+    <row r="934" ht="15.75" customHeight="1"/>
+    <row r="935" ht="15.75" customHeight="1"/>
+    <row r="936" ht="15.75" customHeight="1"/>
+    <row r="937" ht="15.75" customHeight="1"/>
+    <row r="938" ht="15.75" customHeight="1"/>
+    <row r="939" ht="15.75" customHeight="1"/>
+    <row r="940" ht="15.75" customHeight="1"/>
+    <row r="941" ht="15.75" customHeight="1"/>
+    <row r="942" ht="15.75" customHeight="1"/>
+    <row r="943" ht="15.75" customHeight="1"/>
+    <row r="944" ht="15.75" customHeight="1"/>
+    <row r="945" ht="15.75" customHeight="1"/>
+    <row r="946" ht="15.75" customHeight="1"/>
+    <row r="947" ht="15.75" customHeight="1"/>
+    <row r="948" ht="15.75" customHeight="1"/>
+    <row r="949" ht="15.75" customHeight="1"/>
+    <row r="950" ht="15.75" customHeight="1"/>
+    <row r="951" ht="15.75" customHeight="1"/>
+    <row r="952" ht="15.75" customHeight="1"/>
+    <row r="953" ht="15.75" customHeight="1"/>
+    <row r="954" ht="15.75" customHeight="1"/>
+    <row r="955" ht="15.75" customHeight="1"/>
+    <row r="956" ht="15.75" customHeight="1"/>
+    <row r="957" ht="15.75" customHeight="1"/>
+    <row r="958" ht="15.75" customHeight="1"/>
+    <row r="959" ht="15.75" customHeight="1"/>
+    <row r="960" ht="15.75" customHeight="1"/>
+    <row r="961" ht="15.75" customHeight="1"/>
+    <row r="962" ht="15.75" customHeight="1"/>
+    <row r="963" ht="15.75" customHeight="1"/>
+    <row r="964" ht="15.75" customHeight="1"/>
+    <row r="965" ht="15.75" customHeight="1"/>
+    <row r="966" ht="15.75" customHeight="1"/>
+    <row r="967" ht="15.75" customHeight="1"/>
+    <row r="968" ht="15.75" customHeight="1"/>
+    <row r="969" ht="15.75" customHeight="1"/>
+    <row r="970" ht="15.75" customHeight="1"/>
+    <row r="971" ht="15.75" customHeight="1"/>
+    <row r="972" ht="15.75" customHeight="1"/>
+    <row r="973" ht="15.75" customHeight="1"/>
+    <row r="974" ht="15.75" customHeight="1"/>
+    <row r="975" ht="15.75" customHeight="1"/>
+    <row r="976" ht="15.75" customHeight="1"/>
+    <row r="977" ht="15.75" customHeight="1"/>
+    <row r="978" ht="15.75" customHeight="1"/>
+    <row r="979" ht="15.75" customHeight="1"/>
+    <row r="980" ht="15.75" customHeight="1"/>
+    <row r="981" ht="15.75" customHeight="1"/>
+    <row r="982" ht="15.75" customHeight="1"/>
+    <row r="983" ht="15.75" customHeight="1"/>
+    <row r="984" ht="15.75" customHeight="1"/>
+    <row r="985" ht="15.75" customHeight="1"/>
+    <row r="986" ht="15.75" customHeight="1"/>
+    <row r="987" ht="15.75" customHeight="1"/>
+    <row r="988" ht="15.75" customHeight="1"/>
+    <row r="989" ht="15.75" customHeight="1"/>
+    <row r="990" ht="15.75" customHeight="1"/>
+    <row r="991" ht="15.75" customHeight="1"/>
+    <row r="992" ht="15.75" customHeight="1"/>
+    <row r="993" ht="15.75" customHeight="1"/>
+    <row r="994" ht="15.75" customHeight="1"/>
+    <row r="995" ht="15.75" customHeight="1"/>
+    <row r="996" ht="15.75" customHeight="1"/>
+    <row r="997" ht="15.75" customHeight="1"/>
+    <row r="998" ht="15.75" customHeight="1"/>
+    <row r="999" ht="15.75" customHeight="1"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="ndSLTedWtP3Q0qup8K2TMH5ZCAZ4s+WOSDzpXpv7HZv7uV/L0Yxep9xRqzT0Qr8AzebJoGTJLLnbDaXAUqWv9Q==" saltValue="j7EYy0+iE3vDG0c2ZDpYxg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="FnjAib1zWAUwrNFHis6Mgjc5U3U4xG7X1ZRx3aU9cQc7PahhZzGm3DSDLQknWYxInYtulA8sxH+/JXg9YZ2N9g==" saltValue="1BwHTw0bWdANkELDPPusow==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="9">
     <mergeCell ref="B94:D97"/>
     <mergeCell ref="B98:D98"/>
     <mergeCell ref="B7:I7"/>
     <mergeCell ref="B8:I8"/>
     <mergeCell ref="B10:I10"/>
     <mergeCell ref="B80:I80"/>
     <mergeCell ref="B91:D91"/>
     <mergeCell ref="B92:D92"/>
     <mergeCell ref="B93:D93"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G3" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="9" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>